--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,153 +29,153 @@
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>9.43</t>
-[...2 lines deleted...]
-    <t>7.50</t>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>13.51</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>17.30</t>
   </si>
   <si>
     <t>12.71</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>25.81</t>
+  </si>
+  <si>
+    <t>17.60</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
+  </si>
+  <si>
+    <t>25.94</t>
+  </si>
+  <si>
+    <t>19.93</t>
+  </si>
+  <si>
+    <t>Николай Гомельчук</t>
+  </si>
+  <si>
+    <t>26.16</t>
+  </si>
+  <si>
+    <t>19.14</t>
+  </si>
+  <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>25.08</t>
-[...29 lines deleted...]
-    <t>19.14</t>
+    <t>26.87</t>
+  </si>
+  <si>
+    <t>22.94</t>
   </si>
   <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>28.65</t>
   </si>
   <si>
     <t>21.13</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>30.22</t>
   </si>
   <si>
     <t>20.28</t>
   </si>
   <si>
     <t>Глеб Батенин</t>
   </si>
   <si>
     <t>35.78</t>
   </si>