--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,393 +17,393 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>7.33</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
-    <t>Andrey Mishin</t>
+    <t>Андрей Мишин</t>
   </si>
   <si>
     <t>10.27</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Dasha Gruzdeva</t>
+    <t>Дарья Груздева</t>
   </si>
   <si>
     <t>10.34</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
-    <t>Mikhail Malinowski</t>
+    <t>Михаил Малиновский</t>
   </si>
   <si>
     <t>10.85</t>
   </si>
   <si>
     <t>8.33</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>8.95</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.96</t>
   </si>
   <si>
-    <t>Ilarion Kamardin</t>
+    <t>Иларион Камардин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
-    <t>Danila Shuvaev</t>
+    <t>Данила Шуваев</t>
   </si>
   <si>
     <t>11.66</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
     <t>8.29</t>
   </si>
   <si>
-    <t>Andrey Kiyayev</t>
+    <t>Андрей Кияев</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
-    <t>Nikita Kashin</t>
+    <t>Никита Кашин</t>
   </si>
   <si>
     <t>12.48</t>
   </si>
   <si>
     <t>11.08</t>
   </si>
   <si>
-    <t>Artem Fokin</t>
+    <t>Артём Фокин</t>
   </si>
   <si>
     <t>13.11</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
-    <t>Mark Shilenkov</t>
+    <t>Марк Шиленков</t>
   </si>
   <si>
     <t>13.70</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>14.08</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Anton Frolov</t>
+    <t>Антон Фролов</t>
   </si>
   <si>
     <t>16.44</t>
   </si>
   <si>
     <t>13.71</t>
   </si>
   <si>
-    <t>Maksim Stemasov</t>
+    <t>Максим Стемасов</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
-    <t>Teodor Kunilov</t>
+    <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>21.27</t>
   </si>
   <si>
     <t>18.78</t>
   </si>
   <si>
-    <t>Artëm Piyashov</t>
+    <t>Артём Пияшов</t>
   </si>
   <si>
     <t>22.01</t>
   </si>
   <si>
     <t>16.83</t>
   </si>
   <si>
-    <t>Matvey Pryanikov</t>
+    <t>Матвей Пряников</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>19.75</t>
   </si>
   <si>
-    <t>Andrey Gerasimov</t>
+    <t>Андрей Герасимов</t>
   </si>
   <si>
     <t>25.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
-    <t>Arkhip Polʹguyev</t>
+    <t>Архип Польгуев</t>
   </si>
   <si>
     <t>31.12</t>
   </si>
   <si>
     <t>23.65</t>
   </si>
   <si>
-    <t>Mikhail Loginov</t>
+    <t>Михаил Логинов</t>
   </si>
   <si>
     <t>31.89</t>
   </si>
   <si>
     <t>29.05</t>
   </si>
   <si>
-    <t>Sergey Kalachev</t>
+    <t>Сергей Калачев</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
-    <t>Matvey Marchan</t>
+    <t>Матвей Марчан</t>
   </si>
   <si>
     <t>41.64</t>
   </si>
   <si>
     <t>35.91</t>
   </si>
   <si>
-    <t>Artemiy Shanov</t>
+    <t>Артемий Шанов</t>
   </si>
   <si>
     <t>46.57</t>
   </si>
   <si>
     <t>34.50</t>
   </si>
   <si>
-    <t>Nikita Belov</t>
+    <t>Никита Белов</t>
   </si>
   <si>
     <t>48.49</t>
   </si>
   <si>
     <t>37.87</t>
   </si>
   <si>
-    <t>Anastasiya Kishchenko</t>
+    <t>Анастасия Кищенко</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>46.20</t>
   </si>
   <si>
-    <t>Gleb Butyrin</t>
+    <t>Глеб Бутырин</t>
   </si>
   <si>
     <t>1:11.79</t>
   </si>
   <si>
     <t>1:00.74</t>
   </si>
   <si>
-    <t>Yekaterina Belova</t>
+    <t>Екатерина Белова</t>
   </si>
   <si>
     <t>1:18.47</t>
   </si>
   <si>
     <t>1:05.69</t>
   </si>
   <si>
-    <t>Saveliy Moskalëv</t>
+    <t>Савелий Москалёв</t>
   </si>
   <si>
     <t>1:20.65</t>
   </si>
   <si>
     <t>1:07.81</t>
   </si>
   <si>
-    <t>Dima Keptanarʹ</t>
+    <t>Дима Кептанарь</t>
   </si>
   <si>
     <t>1:59.30</t>
   </si>
   <si>
     <t>56.56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -732,51 +732,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>