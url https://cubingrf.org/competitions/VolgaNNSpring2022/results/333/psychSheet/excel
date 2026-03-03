--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,68 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>7.33</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
@@ -95,174 +95,171 @@
   <si>
     <t>Дарья Груздева</t>
   </si>
   <si>
     <t>10.34</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
     <t>Михаил Малиновский</t>
   </si>
   <si>
     <t>10.85</t>
   </si>
   <si>
-    <t>8.33</t>
+    <t>9.19</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>8.95</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.96</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>11.66</t>
+    <t>11.98</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Сергей Миронченков</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Кияев</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>Никита Кашин</t>
   </si>
   <si>
     <t>12.48</t>
   </si>
   <si>
     <t>11.08</t>
   </si>
   <si>
+    <t>Марк Шиленков</t>
+  </si>
+  <si>
+    <t>13.70</t>
+  </si>
+  <si>
+    <t>10.84</t>
+  </si>
+  <si>
     <t>Артём Фокин</t>
   </si>
   <si>
-    <t>13.11</t>
-[...11 lines deleted...]
-    <t>10.84</t>
+    <t>12.76</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>14.08</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Антон Фролов</t>
   </si>
   <si>
     <t>16.44</t>
   </si>
   <si>
     <t>13.71</t>
   </si>
   <si>
     <t>Максим Стемасов</t>
   </si>
   <si>
-    <t>17.63</t>
+    <t>17.84</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>Марина Щукина</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
     <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>21.27</t>
   </si>
   <si>
     <t>18.78</t>
   </si>
   <si>
     <t>Артём Пияшов</t>
   </si>
@@ -997,334 +994,334 @@
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>