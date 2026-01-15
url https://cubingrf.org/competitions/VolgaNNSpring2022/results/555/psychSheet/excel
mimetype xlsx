--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,54 +29,54 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>