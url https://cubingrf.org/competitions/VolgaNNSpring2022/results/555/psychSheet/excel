--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,99 +29,99 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.02</t>
+    <t>52.82</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>
   <si>
     <t>1:07.61</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>1:24.51</t>
   </si>
   <si>
     <t>1:18.27</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>1:27.20</t>
   </si>
   <si>
-    <t>1:20.15</t>
+    <t>1:20.70</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
   </si>
   <si>
     <t>Марк Шиленков</t>
   </si>
   <si>
     <t>1:57.26</t>
   </si>
   <si>
     <t>1:52.10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>