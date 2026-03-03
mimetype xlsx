--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -50,105 +50,105 @@
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>47.91</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>51.44</t>
   </si>
   <si>
-    <t>48.24</t>
+    <t>48.49</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
     <t>49.39</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:02.31</t>
   </si>
   <si>
     <t>57.05</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:28.39</t>
   </si>
   <si>
     <t>1:19.29</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>2:08.02</t>
   </si>
   <si>
     <t>2:03.14</t>
   </si>
   <si>
+    <t>Артём Фокин</t>
+  </si>
+  <si>
+    <t>2:36.53</t>
+  </si>
+  <si>
+    <t>2:24.87</t>
+  </si>
+  <si>
     <t>Максим Стемасов</t>
   </si>
   <si>
-    <t>2:36.48</t>
-[...11 lines deleted...]
-    <t>2:24.87</t>
+    <t>2:45.63</t>
+  </si>
+  <si>
+    <t>2:35.06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>