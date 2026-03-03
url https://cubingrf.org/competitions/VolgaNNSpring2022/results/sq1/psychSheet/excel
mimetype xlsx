--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,72 +29,72 @@
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
-    <t>17.36</t>
-[...2 lines deleted...]
-    <t>13.56</t>
+    <t>17.74</t>
+  </si>
+  <si>
+    <t>15.19</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>19.88</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
-    <t>27.12</t>
-[...2 lines deleted...]
-    <t>22.82</t>
+    <t>37.99</t>
+  </si>
+  <si>
+    <t>24.91</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>