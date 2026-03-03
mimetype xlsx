--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,404 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>1.30</t>
+  </si>
+  <si>
+    <t>0.78</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
     <t>0.81</t>
   </si>
   <si>
-    <t>Andrey Che</t>
-[...8 lines deleted...]
-    <t>Ilya Nazarov</t>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
     <t>0.96</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Андрей Че</t>
+  </si>
+  <si>
+    <t>1.95</t>
+  </si>
+  <si>
+    <t>1.56</t>
+  </si>
+  <si>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>2.57</t>
   </si>
   <si>
-    <t>Andrey Mishin</t>
-[...2 lines deleted...]
-    <t>2.76</t>
+    <t>1.70</t>
+  </si>
+  <si>
+    <t>Андрей Копосов</t>
+  </si>
+  <si>
+    <t>3.04</t>
+  </si>
+  <si>
+    <t>1.64</t>
+  </si>
+  <si>
+    <t>Андрей Мишин</t>
+  </si>
+  <si>
+    <t>3.07</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
-[...8 lines deleted...]
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
     <t>1.54</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
     <t>1.81</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
-    <t>2.06</t>
-[...2 lines deleted...]
-    <t>Ilya Beylin</t>
+    <t>2.41</t>
+  </si>
+  <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>3.67</t>
+  </si>
+  <si>
+    <t>2.78</t>
+  </si>
+  <si>
+    <t>Дарья Груздева</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>2.26</t>
+  </si>
+  <si>
+    <t>Павел Мишин</t>
+  </si>
+  <si>
+    <t>3.96</t>
+  </si>
+  <si>
+    <t>2.55</t>
+  </si>
+  <si>
+    <t>Илья Бейлин</t>
+  </si>
+  <si>
+    <t>3.97</t>
+  </si>
+  <si>
+    <t>1.23</t>
+  </si>
+  <si>
+    <t>Николай Гомельчук</t>
+  </si>
+  <si>
+    <t>4.05</t>
+  </si>
+  <si>
+    <t>3.31</t>
+  </si>
+  <si>
+    <t>Данила Шуваев</t>
+  </si>
+  <si>
+    <t>4.07</t>
+  </si>
+  <si>
+    <t>1.85</t>
+  </si>
+  <si>
+    <t>Иларион Камардин</t>
+  </si>
+  <si>
+    <t>4.12</t>
+  </si>
+  <si>
+    <t>1.89</t>
+  </si>
+  <si>
+    <t>Михаил Гончаренко</t>
+  </si>
+  <si>
+    <t>4.23</t>
+  </si>
+  <si>
+    <t>1.88</t>
+  </si>
+  <si>
+    <t>Осип Чебурашкин</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>2.73</t>
+  </si>
+  <si>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>2.70</t>
+  </si>
+  <si>
+    <t>Михаил Кудряшов</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>Кирилл Юрлов</t>
+  </si>
+  <si>
+    <t>4.73</t>
+  </si>
+  <si>
+    <t>Агата Комекова</t>
+  </si>
+  <si>
+    <t>4.84</t>
+  </si>
+  <si>
+    <t>3.29</t>
+  </si>
+  <si>
+    <t>Юрий Коновалов</t>
+  </si>
+  <si>
+    <t>4.87</t>
+  </si>
+  <si>
+    <t>Дмитрий Парфёнов</t>
+  </si>
+  <si>
+    <t>5.11</t>
+  </si>
+  <si>
+    <t>3.05</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>5.24</t>
+  </si>
+  <si>
+    <t>3.21</t>
+  </si>
+  <si>
+    <t>Матвей Пряников</t>
+  </si>
+  <si>
+    <t>5.25</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>Вера Горина</t>
+  </si>
+  <si>
+    <t>5.30</t>
+  </si>
+  <si>
+    <t>2.28</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>3.54</t>
   </si>
   <si>
-    <t>1.19</t>
-[...149 lines deleted...]
-    <t>Teodor Kunilov</t>
+    <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>6.83</t>
   </si>
   <si>
     <t>5.61</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...5 lines deleted...]
-    <t>Andrey Gerasimov</t>
+    <t>Андрей Герасимов</t>
   </si>
   <si>
     <t>7.30</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>Sergey Kalachev</t>
+    <t>Сергей Калачев</t>
   </si>
   <si>
     <t>8.48</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>Ekaterina Efimova</t>
-[...8 lines deleted...]
-    <t>Andrey Terekhov</t>
+    <t>Андрей Терехов</t>
   </si>
   <si>
     <t>10.18</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
-    <t>Yegor Kolesov</t>
+    <t>Егор Колесов</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
-    <t>Artëm Piyashov</t>
+    <t>Артём Пияшов</t>
   </si>
   <si>
     <t>10.74</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Artemiy Shanov</t>
+    <t>Артемий Шанов</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
-    <t>Kirill Kalachev</t>
+    <t>Екатерина Ефимова</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>9.85</t>
+  </si>
+  <si>
+    <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>25.91</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
   <si>
-    <t>Yekaterina Belova</t>
+    <t>Екатерина Белова</t>
   </si>
   <si>
     <t>30.42</t>
   </si>
   <si>
     <t>21.59</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -738,53 +744,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -824,541 +830,541 @@
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>