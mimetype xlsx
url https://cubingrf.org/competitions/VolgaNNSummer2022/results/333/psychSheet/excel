--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -29,90 +29,90 @@
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>5.25</t>
-[...2 lines deleted...]
-    <t>3.72</t>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>5.04</t>
   </si>
   <si>
     <t>Андрей Че</t>
   </si>
   <si>
-    <t>6.07</t>
-[...11 lines deleted...]
-    <t>5.04</t>
+    <t>7.44</t>
+  </si>
+  <si>
+    <t>5.99</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>7.91</t>
-[...2 lines deleted...]
-    <t>6.36</t>
+    <t>8.46</t>
+  </si>
+  <si>
+    <t>6.93</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>10.27</t>
   </si>
@@ -161,141 +161,141 @@
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.96</t>
   </si>
   <si>
     <t>Михаил Гончаренко</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
+    <t>Илья Бейлин</t>
+  </si>
+  <si>
+    <t>11.83</t>
+  </si>
+  <si>
+    <t>9.79</t>
+  </si>
+  <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
+    <t>Осип Чебурашкин</t>
+  </si>
+  <si>
+    <t>8.87</t>
+  </si>
+  <si>
+    <t>Николай Гомельчук</t>
+  </si>
+  <si>
+    <t>10.08</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>11.66</t>
+    <t>11.98</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Илья Бейлин</t>
-[...28 lines deleted...]
-  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>12.41</t>
-[...2 lines deleted...]
-    <t>10.82</t>
+    <t>12.90</t>
+  </si>
+  <si>
+    <t>10.85</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
-    <t>11.59</t>
+    <t>11.87</t>
   </si>
   <si>
     <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>13.91</t>
   </si>
   <si>
-    <t>11.00</t>
+    <t>11.47</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>14.08</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
     <t>Дмитрий Парфёнов</t>
   </si>
   <si>
     <t>14.82</t>
   </si>
   <si>
     <t>11.97</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
-    <t>13.85</t>
+    <t>12.96</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
     <t>13.06</t>
   </si>
   <si>
     <t>Михаил Кудряшов</t>
   </si>
   <si>
     <t>15.81</t>
   </si>
   <si>
     <t>12.62</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>16.43</t>
   </si>
@@ -362,84 +362,84 @@
   <si>
     <t>25.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
     <t>Михаил Логинов</t>
   </si>
   <si>
     <t>31.89</t>
   </si>
   <si>
     <t>29.05</t>
   </si>
   <si>
     <t>Сергей Калачев</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
+    <t>Артемий Шанов</t>
+  </si>
+  <si>
+    <t>46.57</t>
+  </si>
+  <si>
+    <t>34.50</t>
+  </si>
+  <si>
+    <t>Кирилл Калачев</t>
+  </si>
+  <si>
+    <t>49.87</t>
+  </si>
+  <si>
+    <t>42.39</t>
+  </si>
+  <si>
+    <t>Егор Колесов</t>
+  </si>
+  <si>
+    <t>51.96</t>
+  </si>
+  <si>
+    <t>48.45</t>
+  </si>
+  <si>
     <t>Екатерина Ефимова</t>
   </si>
   <si>
-    <t>43.44</t>
-[...29 lines deleted...]
-    <t>48.45</t>
+    <t>1:15.51</t>
+  </si>
+  <si>
+    <t>42.31</t>
   </si>
   <si>
     <t>Егор Гаврин</t>
   </si>
   <si>
     <t>1:17.79</t>
   </si>
   <si>
     <t>48.73</t>
   </si>
   <si>
     <t>Екатерина Белова</t>
   </si>
   <si>
     <t>1:18.47</t>
   </si>
   <si>
     <t>1:05.69</t>
   </si>
   <si>
     <t>Михаил Семикин</t>
   </si>
   <si>
     <t>1:27.04</t>
   </si>
@@ -1054,79 +1054,79 @@
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>