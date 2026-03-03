--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -47,51 +47,51 @@
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>23.36</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>37.26</t>
   </si>
   <si>
     <t>29.21</t>
   </si>
   <si>
     <t>Юрий Коновалов</t>
   </si>
   <si>
-    <t>1:30.11</t>
+    <t>1:42.64</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>2:45.25</t>
   </si>
   <si>
     <t>Екатерина Ефимова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>