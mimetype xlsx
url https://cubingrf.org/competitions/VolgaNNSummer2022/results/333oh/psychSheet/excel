--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,246 +17,246 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Илья Назаров</t>
+    <t>Ilya Nazarov</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Григорий Барашкин</t>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Сергей Миронченков</t>
+    <t>Sergey Mironchenkov</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>14.60</t>
   </si>
   <si>
-    <t>Иларион Камардин</t>
+    <t>Ilarion Kamardin</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
   <si>
     <t>17.19</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Артур Чечёхин</t>
+    <t>Artur Chechekhin</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
-    <t>Николай Гомельчук</t>
+    <t>Nikolai Gomelchuk</t>
   </si>
   <si>
     <t>22.58</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
-    <t>Юрий Коновалов</t>
+    <t>Yuri Konovalov</t>
   </si>
   <si>
     <t>22.75</t>
   </si>
   <si>
     <t>17.20</t>
   </si>
   <si>
-    <t>Осип Чебурашкин</t>
+    <t>Osip Cheburashkin</t>
   </si>
   <si>
     <t>24.24</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
+    <t>Georgii Isanov</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
-    <t>Агата Комекова</t>
+    <t>Agata Komekova</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
-    <t>Андрей Мишин</t>
+    <t>Andrey Mishin</t>
   </si>
   <si>
     <t>27.95</t>
   </si>
   <si>
     <t>24.62</t>
   </si>
   <si>
-    <t>Михаил Гончаренко</t>
+    <t>Mikhail Goncharenko</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>28.77</t>
   </si>
   <si>
-    <t>Илья Бейлин</t>
+    <t>Ilya Beylin</t>
   </si>
   <si>
     <t>30.33</t>
   </si>
   <si>
     <t>23.18</t>
   </si>
   <si>
-    <t>Павел Мишин</t>
+    <t>Pavel Mishin</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>25.76</t>
   </si>
   <si>
-    <t>Андрей Терехов</t>
+    <t>Andrey Terekhov</t>
   </si>
   <si>
     <t>36.02</t>
   </si>
   <si>
     <t>30.04</t>
   </si>
   <si>
-    <t>Михаил Кудряшов</t>
+    <t>Mikhail Kudryashov</t>
   </si>
   <si>
     <t>41.18</t>
   </si>
   <si>
-    <t>Тимур Удод</t>
+    <t>Timur Udod</t>
   </si>
   <si>
     <t>50.28</t>
   </si>
   <si>
     <t>42.01</t>
   </si>
   <si>
-    <t>Кирилл Юрлов</t>
+    <t>Kirill Yurlov</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -582,51 +582,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>