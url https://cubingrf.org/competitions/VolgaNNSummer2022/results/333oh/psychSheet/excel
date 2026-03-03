--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -32,96 +32,96 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
-    <t>7.88</t>
+    <t>8.69</t>
   </si>
   <si>
     <t>Dmitry Gundin</t>
   </si>
   <si>
-    <t>11.27</t>
+    <t>10.77</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
+    <t>Grigoriy Barashkin</t>
+  </si>
+  <si>
+    <t>12.07</t>
+  </si>
+  <si>
+    <t>8.91</t>
+  </si>
+  <si>
     <t>Ilya Nazarov</t>
   </si>
   <si>
-    <t>12.04</t>
+    <t>12.49</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
-[...7 lines deleted...]
-  <si>
     <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Sergey Mironchenkov</t>
   </si>
   <si>
-    <t>17.00</t>
-[...2 lines deleted...]
-    <t>14.60</t>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>14.88</t>
   </si>
   <si>
     <t>Ilarion Kamardin</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
   <si>
     <t>17.19</t>
   </si>
   <si>
     <t>Roman Shilov</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Artur Chechekhin</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
@@ -152,108 +152,108 @@
   <si>
     <t>24.24</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
     <t>Georgii Isanov</t>
   </si>
   <si>
     <t>27.33</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
     <t>Agata Komekova</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
+    <t>Mikhail Goncharenko</t>
+  </si>
+  <si>
+    <t>30.11</t>
+  </si>
+  <si>
+    <t>29.65</t>
+  </si>
+  <si>
+    <t>Pavel Mishin</t>
+  </si>
+  <si>
+    <t>31.71</t>
+  </si>
+  <si>
+    <t>25.76</t>
+  </si>
+  <si>
     <t>Andrey Mishin</t>
   </si>
   <si>
+    <t>32.49</t>
+  </si>
+  <si>
+    <t>25.86</t>
+  </si>
+  <si>
+    <t>Andrey Terekhov</t>
+  </si>
+  <si>
+    <t>36.02</t>
+  </si>
+  <si>
+    <t>30.04</t>
+  </si>
+  <si>
+    <t>Mikhail Kudryashov</t>
+  </si>
+  <si>
+    <t>41.18</t>
+  </si>
+  <si>
     <t>27.95</t>
   </si>
   <si>
-    <t>24.62</t>
-[...8 lines deleted...]
-    <t>28.77</t>
+    <t>Timur Udod</t>
+  </si>
+  <si>
+    <t>50.28</t>
+  </si>
+  <si>
+    <t>42.01</t>
   </si>
   <si>
     <t>Ilya Beylin</t>
   </si>
   <si>
-    <t>30.33</t>
-[...35 lines deleted...]
-    <t>42.01</t>
+    <t>24.34</t>
   </si>
   <si>
     <t>Kirill Yurlov</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -878,63 +878,61 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
+      <c r="C22" s="1"/>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">