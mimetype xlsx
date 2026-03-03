--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,239 +12,242 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>20.14</t>
-[...2 lines deleted...]
-    <t>16.95</t>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
-    <t>26.60</t>
+    <t>28.87</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
-    <t>32.28</t>
+    <t>36.28</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>40.10</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>41.62</t>
   </si>
   <si>
     <t>34.71</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>43.60</t>
   </si>
   <si>
     <t>41.31</t>
   </si>
   <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>46.04</t>
+  </si>
+  <si>
+    <t>39.41</t>
+  </si>
+  <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>47.81</t>
+    <t>48.58</t>
+  </si>
+  <si>
+    <t>41.11</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>47.94</t>
-[...2 lines deleted...]
-    <t>45.12</t>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
     <t>49.71</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>57.02</t>
   </si>
   <si>
     <t>52.51</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>57.22</t>
   </si>
   <si>
     <t>50.26</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>58.37</t>
+    <t>59.22</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
+    <t>Вера Горина</t>
+  </si>
+  <si>
+    <t>1:00.40</t>
+  </si>
+  <si>
+    <t>49.91</t>
+  </si>
+  <si>
     <t>Илья Бейлин</t>
   </si>
   <si>
-    <t>59.40</t>
-[...11 lines deleted...]
-    <t>49.91</t>
+    <t>1:07.45</t>
+  </si>
+  <si>
+    <t>1:03.37</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>54.91</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:23.08</t>
   </si>
   <si>
     <t>1:10.92</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -783,177 +786,177 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>