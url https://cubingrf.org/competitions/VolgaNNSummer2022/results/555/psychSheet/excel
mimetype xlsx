--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,117 +29,117 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>37.50</t>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>59.06</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
+    <t>Осип Чебурашкин</t>
+  </si>
+  <si>
+    <t>1:11.70</t>
+  </si>
+  <si>
+    <t>1:08.49</t>
+  </si>
+  <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:12.13</t>
   </si>
   <si>
-    <t>1:03.60</t>
-[...8 lines deleted...]
-    <t>1:11.16</t>
+    <t>1:03.35</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>1:27.20</t>
   </si>
   <si>
     <t>1:20.15</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>1:49.51</t>
   </si>