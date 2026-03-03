--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,159 +29,159 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>1:03.07</t>
+  </si>
+  <si>
+    <t>55.39</t>
+  </si>
+  <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>59.06</t>
+    <t>1:03.69</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:09.78</t>
+  </si>
+  <si>
+    <t>1:03.35</t>
+  </si>
+  <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>1:11.70</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>1:27.20</t>
   </si>
   <si>
-    <t>1:20.15</t>
+    <t>1:20.70</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>1:49.51</t>
   </si>
   <si>
     <t>1:36.17</t>
   </si>
   <si>
     <t>Тимур Удод</t>
   </si>
   <si>
     <t>1:54.87</t>
   </si>
   <si>
     <t>1:45.74</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>2:22.61</t>
+    <t>2:35.62</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>3:32.41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>