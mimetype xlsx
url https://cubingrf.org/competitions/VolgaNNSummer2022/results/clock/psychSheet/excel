--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -41,132 +41,132 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>3.91</t>
+    <t>4.32</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>5.70</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
     <t>Алексей Гундин</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>7.88</t>
-[...2 lines deleted...]
-    <t>7.03</t>
+    <t>8.57</t>
+  </si>
+  <si>
+    <t>7.16</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.54</t>
   </si>
   <si>
     <t>12.81</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
-    <t>16.30</t>
-[...2 lines deleted...]
-    <t>14.58</t>
+    <t>16.46</t>
+  </si>
+  <si>
+    <t>15.30</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>18.05</t>
   </si>
   <si>
     <t>11.52</t>
   </si>
   <si>
     <t>Матвей Пряников</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>19.58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>