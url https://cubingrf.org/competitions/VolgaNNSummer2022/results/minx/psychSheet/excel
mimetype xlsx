--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>25.33</t>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>51.44</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
     <t>49.39</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>