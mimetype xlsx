--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,78 +29,78 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>51.44</t>
   </si>
   <si>
-    <t>48.24</t>
+    <t>48.49</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
     <t>49.39</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>56.33</t>
+    <t>58.60</t>
   </si>
   <si>
     <t>49.25</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:01.00</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:02.31</t>
   </si>
   <si>
     <t>57.05</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>