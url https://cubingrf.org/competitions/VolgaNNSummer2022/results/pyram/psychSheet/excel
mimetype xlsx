--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -35,315 +35,315 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>0.93</t>
   </si>
   <si>
+    <t>Илья Назаров</t>
+  </si>
+  <si>
+    <t>2.23</t>
+  </si>
+  <si>
+    <t>1.44</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>2.38</t>
+  </si>
+  <si>
+    <t>1.34</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.81</t>
+  </si>
+  <si>
+    <t>Григорий Барашкин</t>
+  </si>
+  <si>
+    <t>3.41</t>
+  </si>
+  <si>
+    <t>1.26</t>
+  </si>
+  <si>
     <t>Андрей Че</t>
   </si>
   <si>
-    <t>2.16</t>
-[...29 lines deleted...]
-    <t>1.81</t>
+    <t>3.45</t>
+  </si>
+  <si>
+    <t>2.29</t>
   </si>
   <si>
     <t>Илья Бейлин</t>
   </si>
   <si>
-    <t>3.40</t>
-[...11 lines deleted...]
-    <t>1.26</t>
+    <t>3.96</t>
+  </si>
+  <si>
+    <t>3.70</t>
+  </si>
+  <si>
+    <t>Николай Гомельчук</t>
+  </si>
+  <si>
+    <t>4.65</t>
+  </si>
+  <si>
+    <t>3.27</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
+  </si>
+  <si>
+    <t>4.80</t>
+  </si>
+  <si>
+    <t>1.80</t>
+  </si>
+  <si>
+    <t>Андрей Копосов</t>
+  </si>
+  <si>
+    <t>5.19</t>
+  </si>
+  <si>
+    <t>2.94</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
-    <t>3.98</t>
-[...29 lines deleted...]
-    <t>2.94</t>
+    <t>5.21</t>
+  </si>
+  <si>
+    <t>2.91</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
-    <t>6.07</t>
+    <t>6.46</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
     <t>Дарья Груздева</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>7.80</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
-    <t>8.45</t>
+    <t>8.59</t>
   </si>
   <si>
     <t>5.93</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
-    <t>8.50</t>
+    <t>9.43</t>
   </si>
   <si>
     <t>7.26</t>
   </si>
   <si>
+    <t>Матвей Пряников</t>
+  </si>
+  <si>
+    <t>11.21</t>
+  </si>
+  <si>
+    <t>6.66</t>
+  </si>
+  <si>
+    <t>Андрей Герасимов</t>
+  </si>
+  <si>
+    <t>11.31</t>
+  </si>
+  <si>
+    <t>9.82</t>
+  </si>
+  <si>
+    <t>Кирилл Юрлов</t>
+  </si>
+  <si>
+    <t>11.43</t>
+  </si>
+  <si>
+    <t>8.74</t>
+  </si>
+  <si>
     <t>Михаил Кудряшов</t>
   </si>
   <si>
-    <t>11.03</t>
-[...29 lines deleted...]
-    <t>8.74</t>
+    <t>12.08</t>
+  </si>
+  <si>
+    <t>7.76</t>
   </si>
   <si>
     <t>Юрий Коновалов</t>
   </si>
   <si>
-    <t>11.86</t>
-[...2 lines deleted...]
-    <t>8.09</t>
+    <t>12.71</t>
+  </si>
+  <si>
+    <t>9.12</t>
   </si>
   <si>
     <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>12.74</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>Сергей Калачев</t>
   </si>
   <si>
     <t>14.37</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>Екатерина Белова</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>11.26</t>
   </si>
   <si>
     <t>Артемий Шанов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
     <t>Артём Пияшов</t>
   </si>
   <si>
     <t>17.45</t>
   </si>
   <si>
     <t>8.83</t>
   </si>
   <si>
+    <t>Александр Большаков</t>
+  </si>
+  <si>
+    <t>23.39</t>
+  </si>
+  <si>
+    <t>14.64</t>
+  </si>
+  <si>
     <t>Екатерина Ефимова</t>
   </si>
   <si>
-    <t>20.69</t>
-[...11 lines deleted...]
-    <t>14.64</t>
+    <t>24.54</t>
+  </si>
+  <si>
+    <t>21.09</t>
   </si>
   <si>
     <t>Егор Колесов</t>
   </si>
   <si>
     <t>24.77</t>
   </si>
   <si>
     <t>16.44</t>
   </si>
   <si>
     <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>27.51</t>
   </si>
   <si>
     <t>18.69</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -924,51 +924,51 @@
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>