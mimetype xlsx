--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,447 +17,447 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ivan Polkanov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Иван Полканов</t>
   </si>
   <si>
     <t>1.75</t>
   </si>
   <si>
     <t>1.04</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
     <t>1.24</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1.94</t>
   </si>
   <si>
     <t>0.60</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>2.75</t>
   </si>
   <si>
     <t>1.47</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
     <t>1.56</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>3.29</t>
   </si>
   <si>
     <t>2.18</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>3.76</t>
   </si>
   <si>
     <t>1.99</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>3.78</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>1.92</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
-    <t>Rodion Frolov</t>
+    <t>Родион Фролов</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>6.32</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
-    <t>Arseniy Novikov</t>
+    <t>Арсений Новиков</t>
   </si>
   <si>
     <t>6.53</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
-    <t>Dmitriy Lukashonok</t>
+    <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>6.82</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
-    <t>Egor Botalov</t>
+    <t>Егор Боталов</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
     <t>5.27</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>7.29</t>
   </si>
   <si>
     <t>4.54</t>
   </si>
   <si>
-    <t>Roman Nikitin</t>
+    <t>Роман Никитин</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>4.08</t>
   </si>
   <si>
-    <t>Danil Bolshakov</t>
+    <t>Данил Большаков</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
     <t>5.51</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Nikita Zajcev</t>
+    <t>Никита Зайцев</t>
   </si>
   <si>
     <t>8.86</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
-    <t>Svyatoslav Celishchev</t>
+    <t>Святослав Целищев</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
-    <t>Semen Demenev</t>
+    <t>Семён Деменев</t>
   </si>
   <si>
     <t>11.81</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Julia Kozlova</t>
+    <t>Юлия Козлова</t>
   </si>
   <si>
     <t>13.06</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
-    <t>Aleksei Smolyakov</t>
+    <t>Алексей Смоляков</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
-    <t>Mikhail Zuev</t>
+    <t>Михаил Зуев</t>
   </si>
   <si>
     <t>13.96</t>
   </si>
   <si>
     <t>10.20</t>
   </si>
   <si>
-    <t>Timofej Solin</t>
+    <t>Тимофей Солин</t>
   </si>
   <si>
     <t>15.23</t>
   </si>
   <si>
     <t>11.57</t>
   </si>
   <si>
-    <t>Akopyan Viktoria</t>
+    <t>Виктория Акопян</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
-    <t>Roman Ponomarev</t>
+    <t>Роман Пономарев</t>
   </si>
   <si>
     <t>16.33</t>
   </si>
   <si>
     <t>10.31</t>
   </si>
   <si>
-    <t>Fedor Savin</t>
+    <t>Федор Савин</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
-    <t>Ksenia Chekmeneva</t>
+    <t>Ксения Чекменëва</t>
   </si>
   <si>
     <t>19.66</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
-    <t>Gleb Ozhgibesov</t>
+    <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>19.77</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
-    <t>Dmitriy Smirnov</t>
+    <t>Михаил Отинов</t>
+  </si>
+  <si>
+    <t>21.41</t>
+  </si>
+  <si>
+    <t>11.49</t>
+  </si>
+  <si>
+    <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>21.77</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
-    <t>Pavel Burnyshev</t>
+    <t>Павел Бурнышев</t>
   </si>
   <si>
     <t>22.49</t>
   </si>
   <si>
     <t>13.11</t>
   </si>
   <si>
-    <t>Ivan Kozlov</t>
+    <t>Иван Козлов</t>
   </si>
   <si>
     <t>23.02</t>
   </si>
   <si>
     <t>15.17</t>
   </si>
   <si>
-    <t>Anatoliy Otinov</t>
+    <t>Анатолий Отинов</t>
   </si>
   <si>
     <t>23.08</t>
   </si>
   <si>
     <t>16.53</t>
   </si>
   <si>
-    <t>Anna Kuchukbaeva</t>
+    <t>Анна Кучукбаева</t>
   </si>
   <si>
     <t>23.45</t>
   </si>
   <si>
     <t>16.55</t>
   </si>
   <si>
-    <t>Mikhail Otinov</t>
-[...8 lines deleted...]
-    <t>Sofia Bratukhina</t>
+    <t>София Братухина</t>
   </si>
   <si>
     <t>26.52</t>
   </si>
   <si>
     <t>20.39</t>
   </si>
   <si>
-    <t>Ivanov Mikhail</t>
+    <t>Михаил Иванов</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>14.84</t>
   </si>
   <si>
-    <t>Maksim Abramov</t>
+    <t>Максим Абрамов</t>
   </si>
   <si>
     <t>32.28</t>
   </si>
   <si>
     <t>10.76</t>
   </si>
   <si>
-    <t>Nikolay Gornostaev</t>
+    <t>Николай Горностаев</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -786,53 +786,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>