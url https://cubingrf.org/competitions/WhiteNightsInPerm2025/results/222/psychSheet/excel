--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -26,156 +26,156 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1.92</t>
+  </si>
+  <si>
+    <t>1.24</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1.94</t>
+  </si>
+  <si>
+    <t>0.90</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>2.35</t>
+  </si>
+  <si>
+    <t>1.53</t>
+  </si>
+  <si>
     <t>Иван Полканов</t>
   </si>
   <si>
-    <t>1.75</t>
-[...29 lines deleted...]
-    <t>1.34</t>
+    <t>2.37</t>
+  </si>
+  <si>
+    <t>1.27</t>
   </si>
   <si>
     <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>2.75</t>
   </si>
   <si>
-    <t>1.47</t>
+    <t>1.79</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
     <t>1.56</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>3.29</t>
   </si>
   <si>
     <t>2.18</t>
   </si>
   <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>2.16</t>
+  </si>
+  <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>3.76</t>
   </si>
   <si>
     <t>1.99</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
-    <t>2.82</t>
+    <t>2.91</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>4.65</t>
-[...2 lines deleted...]
-    <t>1.92</t>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>2.24</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
     <t>Родион Фролов</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>6.32</t>
   </si>
@@ -239,123 +239,123 @@
   <si>
     <t>Тимур Братухин</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Никита Зайцев</t>
   </si>
   <si>
     <t>8.86</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>Святослав Целищев</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
-    <t>8.57</t>
+    <t>6.04</t>
   </si>
   <si>
     <t>Семён Деменев</t>
   </si>
   <si>
     <t>11.81</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>13.06</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>Алексей Смоляков</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
     <t>Михаил Зуев</t>
   </si>
   <si>
     <t>13.96</t>
   </si>
   <si>
     <t>10.20</t>
   </si>
   <si>
     <t>Тимофей Солин</t>
   </si>
   <si>
     <t>15.23</t>
   </si>
   <si>
     <t>11.57</t>
   </si>
   <si>
+    <t>Федор Савин</t>
+  </si>
+  <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>10.15</t>
+  </si>
+  <si>
     <t>Виктория Акопян</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
     <t>Роман Пономарев</t>
   </si>
   <si>
     <t>16.33</t>
   </si>
   <si>
     <t>10.31</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.15</t>
   </si>
   <si>
     <t>Ксения Чекменëва</t>
   </si>
   <si>
     <t>19.66</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>19.77</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
     <t>Михаил Отинов</t>
   </si>
   <si>
     <t>21.41</t>
   </si>