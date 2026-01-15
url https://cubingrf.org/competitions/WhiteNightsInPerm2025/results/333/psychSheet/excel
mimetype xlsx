--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,462 +17,462 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ivan Polkanov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Иван Полканов</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
     <t>6.72</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>12.05</t>
   </si>
   <si>
     <t>10.47</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>13.17</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
-    <t>Darya Vladimirova</t>
+    <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Dmitriy Lukashonok</t>
+    <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
-    <t>Egor Botalov</t>
+    <t>Егор Боталов</t>
   </si>
   <si>
     <t>16.13</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>17.64</t>
   </si>
   <si>
     <t>14.34</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>15.32</t>
   </si>
   <si>
-    <t>Roman Nikitin</t>
+    <t>Роман Никитин</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
     <t>15.48</t>
   </si>
   <si>
-    <t>Rodion Frolov</t>
+    <t>Родион Фролов</t>
   </si>
   <si>
     <t>19.30</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
-    <t>Arseniy Novikov</t>
+    <t>Арсений Новиков</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
     <t>18.52</t>
   </si>
   <si>
-    <t>Nikita Zajcev</t>
+    <t>Никита Зайцев</t>
   </si>
   <si>
     <t>23.32</t>
   </si>
   <si>
     <t>19.66</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>23.78</t>
   </si>
   <si>
     <t>18.38</t>
   </si>
   <si>
-    <t>Danil Bolshakov</t>
+    <t>Данил Большаков</t>
   </si>
   <si>
     <t>26.97</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
-    <t>Svyatoslav Celishchev</t>
+    <t>Святослав Целищев</t>
   </si>
   <si>
     <t>34.18</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
-    <t>Aleksei Smolyakov</t>
+    <t>Алексей Смоляков</t>
   </si>
   <si>
     <t>34.58</t>
   </si>
   <si>
     <t>31.15</t>
   </si>
   <si>
-    <t>Semen Demenev</t>
+    <t>Семён Деменев</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>41.20</t>
   </si>
   <si>
-    <t>Akopyan Viktoria</t>
+    <t>Виктория Акопян</t>
   </si>
   <si>
     <t>44.37</t>
   </si>
   <si>
     <t>42.10</t>
   </si>
   <si>
-    <t>Mikhail Zuev</t>
+    <t>Михаил Зуев</t>
   </si>
   <si>
     <t>44.97</t>
   </si>
   <si>
     <t>40.36</t>
   </si>
   <si>
-    <t>Roman Ponomarev</t>
+    <t>Роман Пономарев</t>
   </si>
   <si>
     <t>44.98</t>
   </si>
   <si>
-    <t>Mikhail Otinov</t>
+    <t>Михаил Отинов</t>
   </si>
   <si>
     <t>45.83</t>
   </si>
   <si>
     <t>27.71</t>
   </si>
   <si>
-    <t>Ivan Kozlov</t>
+    <t>Иван Козлов</t>
   </si>
   <si>
     <t>49.17</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Fedor Savin</t>
+    <t>Федор Савин</t>
   </si>
   <si>
     <t>50.39</t>
   </si>
   <si>
     <t>46.88</t>
   </si>
   <si>
-    <t>Julia Kozlova</t>
+    <t>Юлия Козлова</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
     <t>48.91</t>
   </si>
   <si>
-    <t>Dmitriy Smirnov</t>
+    <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>55.85</t>
   </si>
   <si>
     <t>44.41</t>
   </si>
   <si>
-    <t>Maksim Abramov</t>
+    <t>Максим Абрамов</t>
   </si>
   <si>
     <t>1:00.27</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Pavel Burnyshev</t>
+    <t>Анатолий Отинов</t>
+  </si>
+  <si>
+    <t>1:03.67</t>
+  </si>
+  <si>
+    <t>59.26</t>
+  </si>
+  <si>
+    <t>Павел Бурнышев</t>
   </si>
   <si>
     <t>1:05.82</t>
   </si>
   <si>
     <t>56.77</t>
   </si>
   <si>
-    <t>Anatoliy Otinov</t>
-[...8 lines deleted...]
-    <t>Denis Murin</t>
+    <t>Денис Мурин</t>
   </si>
   <si>
     <t>1:07.69</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
-    <t>Gleb Ozhgibesov</t>
+    <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>1:09.99</t>
   </si>
   <si>
     <t>49.36</t>
   </si>
   <si>
-    <t>Anna Kuchukbaeva</t>
+    <t>Анна Кучукбаева</t>
   </si>
   <si>
     <t>1:18.13</t>
   </si>
   <si>
     <t>1:08.72</t>
   </si>
   <si>
-    <t>Ksenia Chekmeneva</t>
+    <t>Ксения Чекменëва</t>
   </si>
   <si>
     <t>1:25.18</t>
   </si>
   <si>
     <t>1:10.40</t>
   </si>
   <si>
-    <t>Sofia Bratukhina</t>
+    <t>София Братухина</t>
   </si>
   <si>
     <t>1:31.87</t>
   </si>
   <si>
     <t>1:18.06</t>
   </si>
   <si>
-    <t>Ivanov Mikhail</t>
+    <t>Михаил Иванов</t>
   </si>
   <si>
     <t>1:35.96</t>
   </si>
   <si>
     <t>1:19.69</t>
   </si>
   <si>
-    <t>Roman Onorin</t>
+    <t>Роман Онорин</t>
   </si>
   <si>
     <t>1:41.29</t>
   </si>
   <si>
     <t>1:15.65</t>
   </si>
   <si>
-    <t>Nikolay Gornostaev</t>
+    <t>Николай Горностаев</t>
   </si>
   <si>
     <t>2:18.20</t>
   </si>
   <si>
     <t>1:27.87</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -801,51 +801,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C47" sqref="C47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>