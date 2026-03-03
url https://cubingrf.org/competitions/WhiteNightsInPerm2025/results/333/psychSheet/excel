--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -101,90 +101,87 @@
   <si>
     <t>6.24</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
-    <t>12.05</t>
-[...2 lines deleted...]
-    <t>10.47</t>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.51</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>13.17</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>11.67</t>
-[...1 lines deleted...]
-  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>Егор Боталов</t>
   </si>
   <si>
     <t>16.13</t>
   </si>
@@ -215,153 +212,156 @@
   <si>
     <t>19.24</t>
   </si>
   <si>
     <t>15.48</t>
   </si>
   <si>
     <t>Родион Фролов</t>
   </si>
   <si>
     <t>19.30</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>Арсений Новиков</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
     <t>18.52</t>
   </si>
   <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>21.36</t>
+  </si>
+  <si>
+    <t>16.75</t>
+  </si>
+  <si>
     <t>Никита Зайцев</t>
   </si>
   <si>
     <t>23.32</t>
   </si>
   <si>
     <t>19.66</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
-[...5 lines deleted...]
-    <t>18.38</t>
+    <t>Святослав Целищев</t>
+  </si>
+  <si>
+    <t>25.09</t>
+  </si>
+  <si>
+    <t>20.93</t>
   </si>
   <si>
     <t>Данил Большаков</t>
   </si>
   <si>
     <t>26.97</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
-    <t>Святослав Целищев</t>
-[...2 lines deleted...]
-    <t>34.18</t>
+    <t>Алексей Смоляков</t>
+  </si>
+  <si>
+    <t>34.58</t>
+  </si>
+  <si>
+    <t>31.15</t>
+  </si>
+  <si>
+    <t>Федор Савин</t>
+  </si>
+  <si>
+    <t>39.81</t>
+  </si>
+  <si>
+    <t>36.10</t>
+  </si>
+  <si>
+    <t>Семён Деменев</t>
+  </si>
+  <si>
+    <t>42.34</t>
+  </si>
+  <si>
+    <t>41.20</t>
+  </si>
+  <si>
+    <t>Виктория Акопян</t>
+  </si>
+  <si>
+    <t>44.37</t>
+  </si>
+  <si>
+    <t>42.10</t>
+  </si>
+  <si>
+    <t>Михаил Зуев</t>
+  </si>
+  <si>
+    <t>44.97</t>
+  </si>
+  <si>
+    <t>40.36</t>
+  </si>
+  <si>
+    <t>Роман Пономарев</t>
+  </si>
+  <si>
+    <t>44.98</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
-    <t>Алексей Смоляков</t>
-[...40 lines deleted...]
-  <si>
     <t>Михаил Отинов</t>
   </si>
   <si>
     <t>45.83</t>
   </si>
   <si>
     <t>27.71</t>
   </si>
   <si>
     <t>Иван Козлов</t>
   </si>
   <si>
     <t>49.17</t>
   </si>
   <si>
     <t>45.54</t>
-  </si>
-[...7 lines deleted...]
-    <t>46.88</t>
   </si>
   <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
     <t>48.91</t>
   </si>
   <si>
     <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>55.85</t>
   </si>
   <si>
     <t>44.41</t>
   </si>
   <si>
     <t>Максим Абрамов</t>
   </si>
   <si>
     <t>1:00.27</t>
   </si>
@@ -985,303 +985,303 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>