--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -32,93 +32,93 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
-    <t>19.34</t>
+    <t>16.34</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:05.48</t>
   </si>
   <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>1:28.40</t>
   </si>
   <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>3:42.39</t>
+  </si>
+  <si>
+    <t>2:23.01</t>
+  </si>
+  <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>3:51.04</t>
+  </si>
+  <si>
+    <t>2:33.31</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>2:35.92</t>
+  </si>
+  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
-    <t>2:12.82</t>
-[...23 lines deleted...]
-    <t>2:35.92</t>
+    <t>2:36.76</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>2:39.56</t>
   </si>
   <si>
     <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>6:54.28</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -522,79 +522,79 @@
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">