--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,414 +17,414 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>4.34</t>
   </si>
   <si>
     <t>2.99</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>4.39</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>4.22</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
-    <t>Darya Vladimirova</t>
+    <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Danil Bolshakov</t>
+    <t>Данил Большаков</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>4.54</t>
   </si>
   <si>
-    <t>Nikita Zajcev</t>
+    <t>Никита Зайцев</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
-    <t>Vladimir Gridnev</t>
+    <t>Владимир Гриднев</t>
   </si>
   <si>
     <t>10.73</t>
   </si>
   <si>
     <t>5.75</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>11.29</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>11.54</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
-    <t>Julia Kozlova</t>
+    <t>Юлия Козлова</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
-    <t>Roman Nikitin</t>
+    <t>Роман Никитин</t>
   </si>
   <si>
     <t>12.82</t>
   </si>
   <si>
     <t>6.70</t>
   </si>
   <si>
-    <t>Fedor Savin</t>
+    <t>Федор Савин</t>
   </si>
   <si>
     <t>14.09</t>
   </si>
   <si>
     <t>6.92</t>
   </si>
   <si>
-    <t>Dmitriy Lukashonok</t>
+    <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>14.19</t>
   </si>
   <si>
     <t>9.22</t>
   </si>
   <si>
-    <t>Roman Ponomarev</t>
+    <t>Роман Пономарев</t>
   </si>
   <si>
     <t>15.53</t>
   </si>
   <si>
     <t>12.08</t>
   </si>
   <si>
-    <t>Rodion Frolov</t>
+    <t>Родион Фролов</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
-    <t>Ivanov Mikhail</t>
+    <t>Михаил Иванов</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
-    <t>Gleb Ozhgibesov</t>
+    <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>16.75</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
-    <t>Mikhail Zuev</t>
+    <t>Михаил Зуев</t>
   </si>
   <si>
     <t>16.80</t>
   </si>
   <si>
     <t>7.79</t>
   </si>
   <si>
-    <t>Ivan Kozlov</t>
+    <t>Иван Козлов</t>
   </si>
   <si>
     <t>17.04</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Timofej Solin</t>
+    <t>Тимофей Солин</t>
   </si>
   <si>
     <t>17.40</t>
   </si>
   <si>
     <t>12.10</t>
   </si>
   <si>
-    <t>Ksenia Chekmeneva</t>
+    <t>Ксения Чекменëва</t>
   </si>
   <si>
     <t>19.12</t>
   </si>
   <si>
     <t>14.52</t>
   </si>
   <si>
-    <t>Sofia Bratukhina</t>
+    <t>Михаил Отинов</t>
+  </si>
+  <si>
+    <t>19.55</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
+    <t>София Братухина</t>
   </si>
   <si>
     <t>19.60</t>
   </si>
   <si>
     <t>16.39</t>
   </si>
   <si>
-    <t>Maksim Abramov</t>
+    <t>Максим Абрамов</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
-    <t>Semen Demenev</t>
+    <t>Семён Деменев</t>
   </si>
   <si>
     <t>19.87</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
-    <t>Dmitriy Smirnov</t>
+    <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>20.00</t>
   </si>
   <si>
     <t>14.16</t>
   </si>
   <si>
-    <t>Svyatoslav Celishchev</t>
+    <t>Святослав Целищев</t>
   </si>
   <si>
     <t>20.61</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Egor Botalov</t>
+    <t>Егор Боталов</t>
   </si>
   <si>
     <t>20.66</t>
   </si>
   <si>
     <t>14.96</t>
   </si>
   <si>
-    <t>Akopyan Viktoria</t>
+    <t>Виктория Акопян</t>
   </si>
   <si>
     <t>22.79</t>
   </si>
   <si>
     <t>10.55</t>
   </si>
   <si>
-    <t>Anna Kuchukbaeva</t>
+    <t>Анна Кучукбаева</t>
   </si>
   <si>
     <t>22.81</t>
   </si>
   <si>
     <t>12.90</t>
   </si>
   <si>
-    <t>Mikhail Otinov</t>
-[...17 lines deleted...]
-    <t>Pavel Burnyshev</t>
+    <t>Анатолий Отинов</t>
+  </si>
+  <si>
+    <t>25.36</t>
+  </si>
+  <si>
+    <t>13.66</t>
+  </si>
+  <si>
+    <t>Павел Бурнышев</t>
   </si>
   <si>
     <t>29.58</t>
   </si>
   <si>
     <t>21.93</t>
   </si>
   <si>
-    <t>Nikolay Gornostaev</t>
+    <t>Николай Горностаев</t>
   </si>
   <si>
     <t>33.70</t>
   </si>
   <si>
     <t>12.94</t>
   </si>
   <si>
-    <t>Aleksei Smolyakov</t>
+    <t>Алексей Смоляков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,53 +747,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C42" sqref="C42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1183,65 +1183,65 @@
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D30" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D33" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>99</v>