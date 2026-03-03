--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -35,126 +35,129 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>2.27</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>4.71</t>
+  </si>
+  <si>
+    <t>2.32</t>
+  </si>
+  <si>
     <t>Андрей Колеватых</t>
   </si>
   <si>
-    <t>4.34</t>
+    <t>4.77</t>
   </si>
   <si>
     <t>2.99</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
-[...16 lines deleted...]
-  <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>4.22</t>
   </si>
   <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>6.18</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>4.75</t>
-[...8 lines deleted...]
-    <t>4.24</t>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.95</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
-    <t>5.13</t>
+    <t>5.31</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
     <t>Данил Большаков</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>4.54</t>
   </si>
   <si>
     <t>Никита Зайцев</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
@@ -182,53 +185,50 @@
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>11.54</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>Роман Никитин</t>
   </si>
   <si>
     <t>12.82</t>
   </si>
   <si>
-    <t>6.70</t>
-[...1 lines deleted...]
-  <si>
     <t>Федор Савин</t>
   </si>
   <si>
     <t>14.09</t>
   </si>
   <si>
     <t>6.92</t>
   </si>
   <si>
     <t>Дмитрий Лукашонок</t>
   </si>
   <si>
     <t>14.19</t>
   </si>
   <si>
     <t>9.22</t>
   </si>
   <si>
     <t>Роман Пономарев</t>
   </si>
   <si>
     <t>15.53</t>
   </si>
   <si>
     <t>12.08</t>
@@ -299,75 +299,75 @@
   <si>
     <t>Михаил Отинов</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
     <t>София Братухина</t>
   </si>
   <si>
     <t>19.60</t>
   </si>
   <si>
     <t>16.39</t>
   </si>
   <si>
     <t>Максим Абрамов</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
+    <t>Святослав Целищев</t>
+  </si>
+  <si>
+    <t>19.85</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
     <t>Семён Деменев</t>
   </si>
   <si>
     <t>19.87</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>20.00</t>
   </si>
   <si>
     <t>14.16</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.89</t>
   </si>
   <si>
     <t>Егор Боталов</t>
   </si>
   <si>
     <t>20.66</t>
   </si>
   <si>
     <t>14.96</t>
   </si>
   <si>
     <t>Виктория Акопян</t>
   </si>
   <si>
     <t>22.79</t>
   </si>
   <si>
     <t>10.55</t>
   </si>
   <si>
     <t>Анна Кучукбаева</t>
   </si>
   <si>
     <t>22.81</t>
   </si>
@@ -858,208 +858,208 @@
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>