--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,543 +17,543 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Dmitry Dergunov</t>
+    <t>Дмитрий Дергунов</t>
   </si>
   <si>
     <t>11.78</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
-    <t>Ilya Nazarov</t>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Kyyarkhan Nikolaev</t>
+    <t>Кыйархан Николаев</t>
   </si>
   <si>
     <t>12.90</t>
   </si>
   <si>
     <t>10.61</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
+    <t>12.37</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>12.68</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Egor Afanasenko</t>
+    <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>18.69</t>
   </si>
   <si>
     <t>15.08</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Vladislav Androsov</t>
+    <t>Владислав Андросов</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Ilʹya Stogov</t>
+    <t>Илья Стогов</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>24.18</t>
   </si>
   <si>
     <t>20.98</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Yekaterina Shurayeva</t>
+    <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>28.64</t>
   </si>
   <si>
     <t>23.62</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>25.76</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
     <t>27.45</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Anton Semidetko</t>
+    <t>Антон Семидетко</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>26.72</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>33.14</t>
   </si>
   <si>
     <t>24.25</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>49.67</t>
   </si>
   <si>
     <t>31.73</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>51.53</t>
   </si>
   <si>
     <t>39.74</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>43.61</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:07.72</t>
   </si>
   <si>
     <t>54.49</t>
   </si>
   <si>
-    <t>Yekaterina Logunova</t>
+    <t>Екатерина Логунова</t>
   </si>
   <si>
     <t>42.00</t>
   </si>
   <si>
-    <t>Dmitriy Buzmakov</t>
+    <t>Дмитрий Бузмаков</t>
   </si>
   <si>
     <t>44.06</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>1:15.72</t>
   </si>
   <si>
-    <t>Aleksandr Maksimchuk</t>
-[...5 lines deleted...]
-    <t>Maxim Shevchenko</t>
+    <t>Александр Максимчук</t>
+  </si>
+  <si>
+    <t>Иван Емельянов</t>
+  </si>
+  <si>
+    <t>Максим Шевченко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -876,51 +876,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C59" sqref="C59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>