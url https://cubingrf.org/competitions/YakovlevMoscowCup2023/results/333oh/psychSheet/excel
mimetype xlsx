--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -32,197 +32,197 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
-    <t>7.88</t>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...14 lines deleted...]
-    <t>9.42</t>
+    <t>Григорий Барашкин</t>
+  </si>
+  <si>
+    <t>12.07</t>
+  </si>
+  <si>
+    <t>8.91</t>
+  </si>
+  <si>
+    <t>Илья Назаров</t>
+  </si>
+  <si>
+    <t>12.49</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>12.67</t>
+  </si>
+  <si>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>13.81</t>
+  </si>
+  <si>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>14.39</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>14.42</t>
+  </si>
+  <si>
+    <t>10.25</t>
+  </si>
+  <si>
+    <t>Артём Куликов</t>
+  </si>
+  <si>
+    <t>15.01</t>
+  </si>
+  <si>
+    <t>11.21</t>
   </si>
   <si>
     <t>Дмитрий Дергунов</t>
   </si>
   <si>
-    <t>11.78</t>
-[...29 lines deleted...]
-    <t>10.82</t>
+    <t>15.06</t>
+  </si>
+  <si>
+    <t>13.13</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
   </si>
   <si>
     <t>Кыйархан Николаев</t>
   </si>
   <si>
-    <t>12.90</t>
-[...38 lines deleted...]
-    <t>11.21</t>
+    <t>15.50</t>
+  </si>
+  <si>
+    <t>13.52</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>12.68</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>15.87</t>
+  </si>
+  <si>
+    <t>11.92</t>
   </si>
   <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>15.18</t>
+    <t>16.15</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
-    <t>Дмитрий Васильев</t>
-[...25 lines deleted...]
-  <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
@@ -326,126 +326,126 @@
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Илья Стогов</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>24.37</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>24.94</t>
+  </si>
+  <si>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>Екатерина Шураева</t>
+  </si>
+  <si>
+    <t>25.02</t>
+  </si>
+  <si>
+    <t>23.04</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>28.64</t>
+  </si>
+  <si>
+    <t>23.62</t>
+  </si>
+  <si>
+    <t>Павел Мишин</t>
+  </si>
+  <si>
+    <t>31.71</t>
+  </si>
+  <si>
+    <t>25.76</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>32.01</t>
+  </si>
+  <si>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>32.58</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
+    <t>Антон Семидетко</t>
+  </si>
+  <si>
+    <t>32.78</t>
+  </si>
+  <si>
+    <t>26.72</t>
+  </si>
+  <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>24.18</t>
-[...71 lines deleted...]
-    <t>26.72</t>
+    <t>32.79</t>
+  </si>
+  <si>
+    <t>23.47</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>33.14</t>
   </si>
   <si>
     <t>24.25</t>
   </si>
   <si>
     <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
@@ -461,72 +461,72 @@
   <si>
     <t>33.45</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
     <t>Максим Калинин</t>
   </si>
   <si>
     <t>49.67</t>
   </si>
   <si>
     <t>31.73</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>51.53</t>
-[...2 lines deleted...]
-    <t>39.74</t>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
-    <t>1:07.72</t>
-[...2 lines deleted...]
-    <t>54.49</t>
+    <t>1:10.25</t>
+  </si>
+  <si>
+    <t>57.26</t>
   </si>
   <si>
     <t>Екатерина Логунова</t>
   </si>
   <si>
     <t>42.00</t>
   </si>
   <si>
     <t>Дмитрий Бузмаков</t>
   </si>
   <si>
     <t>44.06</t>
   </si>
   <si>
     <t>Матвей Судаков</t>
   </si>
   <si>
     <t>1:15.72</t>
   </si>
   <si>
     <t>Александр Максимчук</t>
   </si>
   <si>
     <t>Иван Емельянов</t>
   </si>
@@ -1242,51 +1242,51 @@
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>79</v>
@@ -1382,65 +1382,65 @@
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D38" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>113</v>