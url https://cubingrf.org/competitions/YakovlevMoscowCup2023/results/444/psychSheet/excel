--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -38,51 +38,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>20.14</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.95</t>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
@@ -116,68 +116,68 @@
   <si>
     <t>32.83</t>
   </si>
   <si>
     <t>28.74</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Дергунов</t>
   </si>
   <si>
     <t>37.51</t>
   </si>
   <si>
     <t>33.61</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
@@ -260,50 +260,59 @@
   <si>
     <t>43.65</t>
   </si>
   <si>
     <t>41.96</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>45.54</t>
+  </si>
+  <si>
+    <t>38.79</t>
+  </si>
+  <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>47.94</t>
   </si>
   <si>
     <t>45.12</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
@@ -323,129 +332,120 @@
   <si>
     <t>48.98</t>
   </si>
   <si>
     <t>39.62</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>50.05</t>
   </si>
   <si>
     <t>41.26</t>
   </si>
   <si>
-    <t>Степан Матвеев</t>
-[...7 lines deleted...]
-  <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>52.33</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
+    <t>42.85</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>53.93</t>
   </si>
   <si>
     <t>39.79</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>1:01.70</t>
-[...2 lines deleted...]
-    <t>51.95</t>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
   </si>
   <si>
     <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>1:02.30</t>
   </si>
   <si>
     <t>49.90</t>
   </si>
   <si>
     <t>Андрей Васёв</t>
   </si>
   <si>
     <t>1:04.97</t>
   </si>
   <si>
     <t>57.51</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:07.14</t>
   </si>