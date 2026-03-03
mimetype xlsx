--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,411 +29,411 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>20.14</t>
-[...2 lines deleted...]
-    <t>16.95</t>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
-    <t>26.60</t>
+    <t>28.87</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>32.83</t>
   </si>
   <si>
     <t>28.74</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>37.44</t>
+  </si>
+  <si>
+    <t>30.51</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>37.52</t>
+  </si>
+  <si>
+    <t>34.75</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>37.72</t>
+  </si>
+  <si>
+    <t>30.69</t>
+  </si>
+  <si>
+    <t>Владислав Андросов</t>
+  </si>
+  <si>
+    <t>40.58</t>
+  </si>
+  <si>
+    <t>38.31</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>40.82</t>
+  </si>
+  <si>
+    <t>33.02</t>
+  </si>
+  <si>
+    <t>Максим Шевченко</t>
+  </si>
+  <si>
+    <t>41.03</t>
+  </si>
+  <si>
+    <t>37.60</t>
+  </si>
+  <si>
+    <t>Кыйархан Николаев</t>
+  </si>
+  <si>
+    <t>41.61</t>
+  </si>
+  <si>
+    <t>37.42</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
     <t>Дмитрий Дергунов</t>
   </si>
   <si>
-    <t>37.51</t>
-[...74 lines deleted...]
-    <t>35.01</t>
+    <t>42.71</t>
+  </si>
+  <si>
+    <t>38.95</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
     <t>Артём Курицын</t>
   </si>
   <si>
     <t>43.65</t>
   </si>
   <si>
     <t>41.96</t>
   </si>
   <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>44.48</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
-[...5 lines deleted...]
-    <t>37.68</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>46.43</t>
+  </si>
+  <si>
+    <t>37.23</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>48.24</t>
+  </si>
+  <si>
+    <t>42.65</t>
+  </si>
+  <si>
+    <t>Антон Семидетко</t>
+  </si>
+  <si>
+    <t>48.55</t>
+  </si>
+  <si>
+    <t>41.67</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>49.55</t>
+  </si>
+  <si>
+    <t>42.20</t>
+  </si>
+  <si>
+    <t>Егор Афанасенко</t>
+  </si>
+  <si>
+    <t>50.05</t>
+  </si>
+  <si>
+    <t>41.26</t>
+  </si>
+  <si>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>52.33</t>
+  </si>
+  <si>
+    <t>46.95</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>52.41</t>
+  </si>
+  <si>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>53.05</t>
+  </si>
+  <si>
+    <t>43.67</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>45.54</t>
-[...38 lines deleted...]
-    <t>41.67</t>
+    <t>53.73</t>
+  </si>
+  <si>
+    <t>49.32</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
+  </si>
+  <si>
+    <t>53.93</t>
+  </si>
+  <si>
+    <t>39.79</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>54.48</t>
+  </si>
+  <si>
+    <t>47.68</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>48.98</t>
-[...65 lines deleted...]
-    <t>47.68</t>
+    <t>54.71</t>
+  </si>
+  <si>
+    <t>43.21</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>58.37</t>
+    <t>59.22</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
     <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>1:02.30</t>
   </si>
   <si>
     <t>49.90</t>
   </si>
   <si>
     <t>Андрей Васёв</t>
   </si>
@@ -467,75 +467,75 @@
   <si>
     <t>1:08.97</t>
   </si>
   <si>
     <t>46.56</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>1:12.18</t>
   </si>
   <si>
     <t>1:02.54</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:23.08</t>
   </si>
   <si>
     <t>1:10.92</t>
   </si>
   <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
     <t>Максим Калинин</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
     <t>1:20.49</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>1:33.81</t>
   </si>
   <si>
     <t>1:15.31</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:27.44</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:15.33</t>
   </si>
   <si>
     <t>1:28.14</t>
   </si>
   <si>
     <t>Екатерина Логунова</t>
   </si>
   <si>
     <t>1:15.29</t>
   </si>
   <si>
     <t>Иван Емельянов</t>
   </si>
   <si>
     <t>1:23.19</t>
   </si>
   <si>
     <t>Дмитрий Бузмаков</t>
   </si>