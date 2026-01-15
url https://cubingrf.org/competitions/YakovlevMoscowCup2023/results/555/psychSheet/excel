--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,72 +29,72 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>37.50</t>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>58.84</t>
   </si>
   <si>
     <t>53.58</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>59.06</t>
   </si>
@@ -116,68 +116,68 @@
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
     <t>Максим Шевченко</t>
   </si>
   <si>
     <t>1:06.92</t>
   </si>
   <si>
     <t>1:04.36</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
+  </si>
+  <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Дергунов</t>
   </si>
   <si>
     <t>1:19.78</t>
   </si>
   <si>
     <t>1:13.39</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
     <t>Антон Семидетко</t>
   </si>
   <si>
     <t>1:27.12</t>
   </si>
   <si>
     <t>1:25.95</t>
@@ -218,51 +218,51 @@
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
-    <t>1:29.33</t>
+    <t>1:28.93</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>1:39.39</t>
   </si>
   <si>
     <t>1:24.36</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
     <t>1:39.71</t>
   </si>
   <si>
     <t>1:31.27</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>