--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,380 +12,383 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>58.84</t>
-[...2 lines deleted...]
-    <t>53.58</t>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
+  </si>
+  <si>
+    <t>1:01.12</t>
+  </si>
+  <si>
+    <t>54.00</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>1:03.07</t>
+  </si>
+  <si>
+    <t>55.39</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>59.06</t>
+    <t>1:03.69</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...25 lines deleted...]
-  <si>
     <t>Максим Шевченко</t>
   </si>
   <si>
     <t>1:06.92</t>
   </si>
   <si>
     <t>1:04.36</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
+    <t>Ислам Китиев</t>
+  </si>
+  <si>
+    <t>1:20.12</t>
+  </si>
+  <si>
+    <t>1:14.47</t>
+  </si>
+  <si>
+    <t>Антон Семидетко</t>
+  </si>
+  <si>
+    <t>1:27.12</t>
+  </si>
+  <si>
+    <t>1:25.95</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>1:27.92</t>
+  </si>
+  <si>
+    <t>1:14.82</t>
+  </si>
+  <si>
     <t>Дмитрий Дергунов</t>
   </si>
   <si>
-    <t>1:19.78</t>
-[...29 lines deleted...]
-    <t>1:14.82</t>
+    <t>1:29.55</t>
+  </si>
+  <si>
+    <t>1:26.31</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
+  </si>
+  <si>
+    <t>1:15.87</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...5 lines deleted...]
-    <t>1:15.87</t>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>1:31.56</t>
+  </si>
+  <si>
+    <t>1:23.60</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>1:34.57</t>
+  </si>
+  <si>
+    <t>1:24.90</t>
   </si>
   <si>
     <t>Кыйархан Николаев</t>
   </si>
   <si>
-    <t>1:21.55</t>
-[...17 lines deleted...]
-    <t>1:24.90</t>
+    <t>1:37.30</t>
+  </si>
+  <si>
+    <t>1:31.02</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>1:45.42</t>
+  </si>
+  <si>
+    <t>1:35.79</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>1:45.77</t>
+  </si>
+  <si>
+    <t>1:22.26</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>1:47.02</t>
+  </si>
+  <si>
+    <t>1:44.71</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>1:39.39</t>
-[...2 lines deleted...]
-    <t>1:24.36</t>
+    <t>1:47.36</t>
+  </si>
+  <si>
+    <t>1:25.13</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>1:47.91</t>
+  </si>
+  <si>
+    <t>1:29.74</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>1:39.71</t>
-[...38 lines deleted...]
-    <t>1:29.74</t>
+    <t>1:51.87</t>
+  </si>
+  <si>
+    <t>1:39.52</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>2:10.53</t>
   </si>
   <si>
     <t>1:51.57</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>3:05.17</t>
-[...2 lines deleted...]
-    <t>2:40.12</t>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:11.36</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:22.11</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>2:22.61</t>
+    <t>2:35.62</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>2:44.65</t>
   </si>
   <si>
     <t>Максим Калинин</t>
   </si>
   <si>
     <t>2:53.87</t>
   </si>
   <si>
     <t>Александр Максимчук</t>
   </si>
   <si>
     <t>Богдан Масленников</t>
   </si>
@@ -1017,357 +1020,357 @@
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C45" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>