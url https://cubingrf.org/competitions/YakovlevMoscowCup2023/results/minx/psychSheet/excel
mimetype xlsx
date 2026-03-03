--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
@@ -101,291 +101,285 @@
   <si>
     <t>46.95</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
     <t>49.39</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>56.33</t>
+    <t>58.60</t>
   </si>
   <si>
     <t>49.25</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>59.56</t>
+  </si>
+  <si>
+    <t>54.60</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>1:01.00</t>
+  </si>
+  <si>
+    <t>56.78</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>1:04.53</t>
+  </si>
+  <si>
+    <t>56.09</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>59.37</t>
-[...29 lines deleted...]
-    <t>56.09</t>
+    <t>1:07.49</t>
+  </si>
+  <si>
+    <t>59.76</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>1:10.81</t>
+  </si>
+  <si>
+    <t>57.50</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>1:11.14</t>
+  </si>
+  <si>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
+  </si>
+  <si>
+    <t>1:17.24</t>
+  </si>
+  <si>
+    <t>1:07.89</t>
   </si>
   <si>
     <t>Кыйархан Николаев</t>
   </si>
   <si>
-    <t>1:08.87</t>
-[...29 lines deleted...]
-    <t>1:07.89</t>
+    <t>1:20.84</t>
+  </si>
+  <si>
+    <t>1:10.08</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>1:30.09</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>1:31.29</t>
+  </si>
+  <si>
+    <t>1:29.50</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>1:35.62</t>
+  </si>
+  <si>
+    <t>1:24.37</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>1:48.19</t>
+  </si>
+  <si>
+    <t>1:37.80</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>1:57.59</t>
+  </si>
+  <si>
+    <t>1:52.22</t>
+  </si>
+  <si>
+    <t>Дмитрий Колотвин</t>
+  </si>
+  <si>
+    <t>2:04.80</t>
+  </si>
+  <si>
+    <t>1:50.58</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>2:10.48</t>
+  </si>
+  <si>
+    <t>1:51.91</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>2:40.44</t>
+  </si>
+  <si>
+    <t>2:09.61</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
+  </si>
+  <si>
+    <t>2:50.93</t>
+  </si>
+  <si>
+    <t>2:34.38</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>2:55.04</t>
+  </si>
+  <si>
+    <t>2:35.02</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>3:02.11</t>
+  </si>
+  <si>
+    <t>2:33.09</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>2:44.58</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>2:49.32</t>
+  </si>
+  <si>
+    <t>Максим Калинин</t>
+  </si>
+  <si>
+    <t>4:21.08</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>4:27.20</t>
+  </si>
+  <si>
+    <t>Ольга Кун</t>
+  </si>
+  <si>
+    <t>4:47.22</t>
+  </si>
+  <si>
+    <t>Александр Максимчук</t>
+  </si>
+  <si>
+    <t>Екатерина Логунова</t>
+  </si>
+  <si>
+    <t>Максим Шевченко</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
-  </si>
-[...160 lines deleted...]
-    <t>Максим Шевченко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1154,132 +1148,124 @@
       <c r="D30" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D31" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="C32" s="1"/>
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="B37" t="s">
         <v>104</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C37" s="1"/>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C40" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>