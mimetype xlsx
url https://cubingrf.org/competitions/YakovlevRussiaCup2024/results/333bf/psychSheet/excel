--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,566 +12,569 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Sergeev</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Сергеев</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
     <t>19.34</t>
   </si>
   <si>
-    <t>Grigorii Alekseev</t>
+    <t>Григорий Алексеев</t>
   </si>
   <si>
     <t>21.73</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>24.98</t>
   </si>
   <si>
     <t>21.12</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>23.36</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>37.26</t>
   </si>
   <si>
     <t>29.21</t>
   </si>
   <si>
-    <t>Andrei Ilin</t>
+    <t>Андрей Ильин</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>49.28</t>
   </si>
   <si>
     <t>32.88</t>
   </si>
   <si>
-    <t>Aleksandr Cherkasov</t>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
     <t>34.63</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:05.76</t>
   </si>
   <si>
     <t>38.57</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>59.63</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>Danila Ryabinin</t>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>52.68</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:57.94</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>1:10.37</t>
   </si>
   <si>
     <t>1:01.56</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:29.70</t>
   </si>
   <si>
     <t>1:12.72</t>
   </si>
   <si>
-    <t>Dmitriy Sargsyan</t>
+    <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>1:14.66</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:48.61</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:35.70</t>
   </si>
   <si>
     <t>1:26.24</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6:28.26</t>
   </si>
   <si>
     <t>1:26.86</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:09.08</t>
   </si>
   <si>
     <t>1:28.62</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>2:03.82</t>
   </si>
   <si>
     <t>1:29.29</t>
   </si>
   <si>
-    <t>Yuri Konovalov</t>
+    <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>1:30.11</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>3:20.75</t>
   </si>
   <si>
     <t>1:39.80</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:49.90</t>
   </si>
   <si>
-    <t>Timofei Tarasenko</t>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>1:51.19</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:53.13</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:54.65</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>2:20.03</t>
   </si>
   <si>
     <t>1:57.19</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
-    <t>Aleksandr Hrenov</t>
+    <t>Александр Хренов</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:11.29</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>2:20.16</t>
   </si>
   <si>
-    <t>Evgeny Skachkov</t>
+    <t>Евгений Скачков</t>
   </si>
   <si>
     <t>2:58.10</t>
   </si>
   <si>
     <t>2:22.05</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>3:42.39</t>
   </si>
   <si>
     <t>2:23.01</t>
   </si>
   <si>
-    <t>David Voskanyan</t>
+    <t>Давид Восканян</t>
   </si>
   <si>
     <t>2:23.54</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>2:35.92</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>3:51.55</t>
   </si>
   <si>
     <t>2:42.36</t>
   </si>
   <si>
-    <t>Maria Timoshchenko</t>
+    <t>Мария Тимощенко</t>
   </si>
   <si>
     <t>4:39.22</t>
   </si>
   <si>
     <t>2:42.64</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>2:57.63</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>3:13.93</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>4:12.15</t>
   </si>
   <si>
     <t>3:17.51</t>
   </si>
   <si>
-    <t>Andrey Vasëv</t>
+    <t>Андрей Васёв</t>
   </si>
   <si>
     <t>3:18.97</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>4:56.11</t>
+  </si>
+  <si>
+    <t>3:25.99</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>3:28.00</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>3:31.93</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:12.38</t>
   </si>
   <si>
     <t>3:34.92</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>4:06.40</t>
   </si>
   <si>
-    <t>Danil Kravchenko</t>
+    <t>Данил Кравченко</t>
   </si>
   <si>
     <t>6:40.00</t>
   </si>
   <si>
     <t>4:20.34</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>4:41.79</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5:29.51</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5:52.80</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>6:26.99</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>6:47.47</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
-[...5 lines deleted...]
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>11:13.00</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...50 lines deleted...]
-    <t>Yuri Ryakin</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>Владислав Андросов</t>
+  </si>
+  <si>
+    <t>Дмитрий Бобыкин</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>Евсей Ионуш</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>Полина Вишнякова</t>
+  </si>
+  <si>
+    <t>Юрий Рякин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1528,285 +1531,288 @@
         <v>125</v>
       </c>
       <c r="D47" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>126</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>128</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D49" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>135</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D52" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>140</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D54" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C61" s="1"/>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C74" s="1"/>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C75" s="1"/>
     </row>
     <row r="76" spans="1:4">
       <c r="B76" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C76" s="1"/>
     </row>
     <row r="77" spans="1:4">
       <c r="B77" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C77" s="1"/>
     </row>
     <row r="78" spans="1:4">
       <c r="B78" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C78" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>