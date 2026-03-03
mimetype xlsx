--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,539 +12,524 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>21.69</t>
+  </si>
+  <si>
+    <t>16.34</t>
+  </si>
+  <si>
+    <t>Григорий Алексеев</t>
+  </si>
+  <si>
+    <t>22.95</t>
+  </si>
+  <si>
+    <t>19.95</t>
+  </si>
+  <si>
     <t>Владимир Сергеев</t>
   </si>
   <si>
-    <t>19.95</t>
-[...20 lines deleted...]
-    <t>19.40</t>
+    <t>20.35</t>
+  </si>
+  <si>
+    <t>20.16</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>24.98</t>
   </si>
   <si>
     <t>21.12</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>23.36</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>37.43</t>
+  </si>
+  <si>
+    <t>25.98</t>
+  </si>
+  <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>37.26</t>
   </si>
   <si>
     <t>29.21</t>
   </si>
   <si>
+    <t>Александр Черкасов</t>
+  </si>
+  <si>
+    <t>47.53</t>
+  </si>
+  <si>
+    <t>31.16</t>
+  </si>
+  <si>
     <t>Андрей Ильин</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...16 lines deleted...]
-  <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:05.76</t>
   </si>
   <si>
     <t>38.57</t>
   </si>
   <si>
     <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>59.63</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>2:35.11</t>
+  </si>
+  <si>
+    <t>59.01</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:43.02</t>
+  </si>
+  <si>
+    <t>1:10.34</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>1:31.07</t>
+  </si>
+  <si>
+    <t>1:10.73</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>1:29.70</t>
+  </si>
+  <si>
+    <t>1:12.72</t>
+  </si>
+  <si>
+    <t>Дмитрий Саргсян</t>
+  </si>
+  <si>
+    <t>1:14.66</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>1:35.70</t>
+  </si>
+  <si>
+    <t>1:19.98</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>1:48.61</t>
+  </si>
+  <si>
+    <t>1:21.14</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>1:26.86</t>
+  </si>
+  <si>
+    <t>Никита Кузнецов</t>
+  </si>
+  <si>
+    <t>1:28.42</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>2:27.62</t>
+  </si>
+  <si>
+    <t>1:37.37</t>
+  </si>
+  <si>
+    <t>Юрий Коновалов</t>
+  </si>
+  <si>
+    <t>1:42.64</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2:18.32</t>
+  </si>
+  <si>
+    <t>1:43.18</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:46.29</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:25.57</t>
+  </si>
+  <si>
+    <t>1:48.72</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>1:53.13</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>1:54.65</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>1:55.90</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>2:20.03</t>
+  </si>
+  <si>
+    <t>1:58.97</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>3:34.48</t>
+  </si>
+  <si>
+    <t>2:02.17</t>
+  </si>
+  <si>
+    <t>Александр Хренов</t>
+  </si>
+  <si>
+    <t>2:09.92</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>2:11.29</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>3:20.75</t>
+  </si>
+  <si>
+    <t>2:13.30</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>3:42.39</t>
+  </si>
+  <si>
+    <t>2:23.01</t>
+  </si>
+  <si>
+    <t>Давид Восканян</t>
+  </si>
+  <si>
+    <t>2:23.54</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>2:35.92</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>2:57.63</t>
+  </si>
+  <si>
+    <t>Мария Жиц</t>
+  </si>
+  <si>
+    <t>3:45.63</t>
+  </si>
+  <si>
+    <t>3:07.34</t>
+  </si>
+  <si>
+    <t>Лев Брусков</t>
+  </si>
+  <si>
+    <t>3:13.93</t>
+  </si>
+  <si>
+    <t>Андрей Васёв</t>
+  </si>
+  <si>
+    <t>3:18.97</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>3:19.91</t>
+  </si>
+  <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>4:56.11</t>
+  </si>
+  <si>
+    <t>3:25.99</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>3:28.00</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>3:31.93</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>5:12.38</t>
+  </si>
+  <si>
+    <t>3:34.92</t>
+  </si>
+  <si>
+    <t>Иван Ворошилов</t>
+  </si>
+  <si>
+    <t>3:51.55</t>
+  </si>
+  <si>
+    <t>3:39.21</t>
+  </si>
+  <si>
+    <t>Егор Касюк</t>
+  </si>
+  <si>
+    <t>4:06.40</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>4:07.17</t>
+  </si>
+  <si>
+    <t>Данил Кравченко</t>
+  </si>
+  <si>
+    <t>6:40.00</t>
+  </si>
+  <si>
+    <t>4:20.34</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
+  </si>
+  <si>
+    <t>4:41.79</t>
+  </si>
+  <si>
+    <t>Мария Тимощенко</t>
+  </si>
+  <si>
+    <t>5:22.56</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
+  </si>
+  <si>
+    <t>5:29.51</t>
+  </si>
+  <si>
+    <t>Мартин Николаев</t>
+  </si>
+  <si>
+    <t>5:52.80</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>6:26.99</t>
+  </si>
+  <si>
+    <t>Максим Калинин</t>
+  </si>
+  <si>
+    <t>6:47.47</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>11:13.00</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>Владислав Андросов</t>
+  </si>
+  <si>
     <t>Данила Рябинин</t>
   </si>
   <si>
-    <t>52.68</t>
-[...182 lines deleted...]
-    <t>2:20.16</t>
+    <t>Дмитрий Бобыкин</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>Евгений Скачков</t>
-  </si>
-[...175 lines deleted...]
-    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
@@ -1092,727 +1077,708 @@
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>71</v>
+      </c>
+      <c r="D25" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>74</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C31" s="1" t="s">
-        <v>86</v>
+      <c r="D31" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>88</v>
+      </c>
+      <c r="D32" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>89</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>91</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>93</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>98</v>
+      </c>
+      <c r="D36" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>99</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>101</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>103</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>105</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>124</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C48" s="1" t="s">
-        <v>127</v>
+      <c r="D48" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>127</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C51" s="1" t="s">
-        <v>134</v>
+      <c r="D51" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>134</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>146</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="B59" t="s">
+        <v>148</v>
+      </c>
+      <c r="C59" s="1"/>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="B60" t="s">
         <v>149</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="C60" s="1"/>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C61" s="1"/>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C74" s="1"/>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C75" s="1"/>
     </row>
     <row r="76" spans="1:4">
       <c r="B76" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C76" s="1"/>
     </row>
     <row r="77" spans="1:4">
       <c r="B77" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C77" s="1"/>
     </row>
     <row r="78" spans="1:4">
       <c r="B78" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C78" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>