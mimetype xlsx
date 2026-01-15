--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,243 +17,243 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333mbf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Grigorii Alekseev</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Григорий Алексеев</t>
   </si>
   <si>
     <t>48/53 60:00</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>23/25 51:38</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>20/21 56:28</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>15/17 46:54</t>
   </si>
   <si>
-    <t>Andrei Ilin</t>
+    <t>Андрей Ильин</t>
   </si>
   <si>
     <t>14/15 55:05</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>13/13 56:11</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15/17 59:21</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>12/12 56:44</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>12/13 52:16</t>
   </si>
   <si>
-    <t>Vladimir Sergeev</t>
+    <t>Владимир Сергеев</t>
   </si>
   <si>
     <t>15/22 60:00</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>9/11 49:19</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>8/10 49:56</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>5/5 41:23</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>4/4 29:43</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>4/4 32:56</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6/8 55:51</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3/3 14:29</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3/3 25:07</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>3/3 25:51</t>
   </si>
   <si>
-    <t>Maria Timoshchenko</t>
+    <t>Мария Тимощенко</t>
   </si>
   <si>
     <t>4/5 41:43</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2/2 6:02</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>2/2 13:19</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2/2 13:58</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2/2 20:00</t>
   </si>
   <si>
-    <t>Evgeny Skachkov</t>
+    <t>Евгений Скачков</t>
   </si>
   <si>
     <t>3/4 31:50</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>2/3 28:26</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
-[...26 lines deleted...]
-    <t>Philipp Radinskiy</t>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>Андрей Васёв</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>Давид Восканян</t>
+  </si>
+  <si>
+    <t>Дмитрий Саргсян</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>