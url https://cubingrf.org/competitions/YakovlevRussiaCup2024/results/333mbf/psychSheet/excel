--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,242 +12,233 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333mbf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Григорий Алексеев</t>
   </si>
   <si>
-    <t>48/53 60:00</t>
+    <t>44/47 59:02</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>23/25 51:38</t>
   </si>
   <si>
+    <t>Андрей Ильин</t>
+  </si>
+  <si>
+    <t>14/15 55:05</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
+  </si>
+  <si>
+    <t>13/13 56:11</t>
+  </si>
+  <si>
+    <t>Андрей Синицын</t>
+  </si>
+  <si>
+    <t>15/17 59:21</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>11/11 57:14</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>20/21 56:28</t>
+    <t>15/19 58:42</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>11/12 53:28</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
-    <t>15/17 46:54</t>
-[...29 lines deleted...]
-    <t>12/13 52:16</t>
+    <t>11/13 32:50</t>
   </si>
   <si>
     <t>Владимир Сергеев</t>
   </si>
   <si>
     <t>15/22 60:00</t>
   </si>
   <si>
     <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>9/11 49:19</t>
   </si>
   <si>
     <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>8/10 49:56</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>5/5 41:23</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>4/4 32:56</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>6/8 55:51</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>3/3 14:29</t>
+  </si>
+  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>4/4 29:43</t>
-[...17 lines deleted...]
-    <t>3/3 14:29</t>
+    <t>3/3 24:53</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3/3 25:07</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>3/3 25:51</t>
   </si>
   <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>2/2 6:02</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2/2 13:58</t>
+  </si>
+  <si>
+    <t>Егор Касюк</t>
+  </si>
+  <si>
+    <t>2/3 28:26</t>
+  </si>
+  <si>
     <t>Мария Тимощенко</t>
   </si>
   <si>
-    <t>4/5 41:43</t>
-[...5 lines deleted...]
-    <t>2/2 6:02</t>
+    <t>2/3 29:14</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>Андрей Васёв</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>Давид Восканян</t>
+  </si>
+  <si>
+    <t>Дмитрий Саргсян</t>
+  </si>
+  <si>
+    <t>Евгений Скачков</t>
   </si>
   <si>
     <t>Лев Брусков</t>
-  </si>
-[...49 lines deleted...]
-    <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -849,139 +840,124 @@
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
-      <c r="A25">
-[...1 lines deleted...]
-      </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="C25" s="1"/>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="B26" t="s">
         <v>51</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C26" s="1"/>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="B27" t="s">
         <v>52</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="C27" s="1"/>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C28" s="1"/>
     </row>
     <row r="29" spans="1:4">
       <c r="B29" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C30" s="1"/>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C31" s="1"/>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C32" s="1"/>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C34" s="1"/>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C35" s="1"/>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C37" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>