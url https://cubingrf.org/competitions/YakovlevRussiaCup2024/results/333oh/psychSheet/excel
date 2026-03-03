--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,1442 +12,1424 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="464">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
-    <t>7.88</t>
-[...5 lines deleted...]
-    <t>10.75</t>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
+  </si>
+  <si>
+    <t>11.58</t>
+  </si>
+  <si>
+    <t>10.07</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...53 lines deleted...]
-    <t>Олег Кремлёв</t>
+    <t>Oleg Kremlyov</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
-    <t>Максим Безъязыков</t>
+    <t>Maksim Bezʺyazykov</t>
   </si>
   <si>
     <t>10.24</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
-[...11 lines deleted...]
-    <t>Владимир Тихоненко</t>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Alexander Bashutkin</t>
+  </si>
+  <si>
+    <t>13.13</t>
+  </si>
+  <si>
+    <t>10.90</t>
+  </si>
+  <si>
+    <t>Pavel Galaktionov</t>
+  </si>
+  <si>
+    <t>13.48</t>
+  </si>
+  <si>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>Vladimir Tikhonenko</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Максим Ильин</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
-    <t>Никита Малыхин</t>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
-    <t>Руслан Романенко</t>
+    <t>Ruslan Romanenko</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
-    <t>10.89</t>
-[...2 lines deleted...]
-    <t>Лев Маслов</t>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Алексей Жариков</t>
-[...2 lines deleted...]
-    <t>14.75</t>
+    <t>Timur Imanov</t>
+  </si>
+  <si>
+    <t>14.56</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Dmitry Matthew Yaquinto</t>
+  </si>
+  <si>
+    <t>14.92</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>Andrey Sinitsyn</t>
+  </si>
+  <si>
+    <t>15.06</t>
+  </si>
+  <si>
+    <t>12.53</t>
+  </si>
+  <si>
+    <t>Alexander Ermakov</t>
+  </si>
+  <si>
+    <t>15.28</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>Ilya Epifanov</t>
+  </si>
+  <si>
+    <t>15.33</t>
+  </si>
+  <si>
+    <t>12.55</t>
+  </si>
+  <si>
+    <t>Vyacheslav Kochergin</t>
+  </si>
+  <si>
+    <t>15.44</t>
+  </si>
+  <si>
+    <t>12.51</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>Yuri Ryakin</t>
+  </si>
+  <si>
+    <t>15.52</t>
+  </si>
+  <si>
+    <t>12.15</t>
+  </si>
+  <si>
+    <t>Vladislav Kozhin</t>
+  </si>
+  <si>
+    <t>15.64</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilyev</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>12.68</t>
+  </si>
+  <si>
+    <t>Alexey Zharikov</t>
+  </si>
+  <si>
+    <t>15.82</t>
   </si>
   <si>
     <t>11.22</t>
   </si>
   <si>
-    <t>Дмитрий Якинто</t>
-[...80 lines deleted...]
-    <t>Никита Платонов</t>
+    <t>Nikita Platonov</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Дмитрий Костерев</t>
+    <t>Dmitry Kosterev</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
-    <t>Данила Рябинин</t>
-[...8 lines deleted...]
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Георгий Вершинин</t>
-[...14 lines deleted...]
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Mikhail Kopylov</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>Олег Аккерман</t>
+    <t>Oleg Akkerman</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Александр Коротаев</t>
+    <t>Aleksandr Korotayev</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>11.90</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
+    <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
-    <t>Дмитрий Саргсян</t>
+    <t>Dmitriy Sargsyan</t>
   </si>
   <si>
     <t>17.50</t>
   </si>
   <si>
     <t>13.46</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
-[...5 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>17.53</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
-[...8 lines deleted...]
-    <t>Петр Бухаров</t>
+    <t>Petr Bukharov</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Егор Афанасенко</t>
+    <t>Andrei Maslov</t>
+  </si>
+  <si>
+    <t>18.32</t>
+  </si>
+  <si>
+    <t>15.37</t>
+  </si>
+  <si>
+    <t>Egor Afanasenko</t>
   </si>
   <si>
     <t>18.69</t>
   </si>
   <si>
     <t>15.08</t>
   </si>
   <si>
-    <t>Валерий Курбатов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>Vladislav Shurshilin</t>
+  </si>
+  <si>
+    <t>19.03</t>
+  </si>
+  <si>
+    <t>14.44</t>
+  </si>
+  <si>
+    <t>Ivan Oleinikov</t>
+  </si>
+  <si>
+    <t>19.21</t>
+  </si>
+  <si>
+    <t>Valeriy Kurbatov</t>
+  </si>
+  <si>
+    <t>19.22</t>
+  </si>
+  <si>
     <t>15.39</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
-[...20 lines deleted...]
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
-    <t>Степан Мельников</t>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>19.35</t>
+  </si>
+  <si>
+    <t>14.95</t>
+  </si>
+  <si>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>19.37</t>
   </si>
   <si>
     <t>16.82</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Владислав Андросов</t>
+    <t>Vladislav Androsov</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...8 lines deleted...]
-    <t>Максим Милосердов</t>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
-    <t>15.25</t>
-[...2 lines deleted...]
-    <t>Олег Демчук</t>
+    <t>15.07</t>
+  </si>
+  <si>
+    <t>Oleg Demchuk</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...8 lines deleted...]
-    <t>Николай Катаев</t>
+    <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>20.58</t>
   </si>
   <si>
     <t>16.54</t>
   </si>
   <si>
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Константин Артюшенко</t>
+    <t>Konstantin Artiushenko</t>
   </si>
   <si>
     <t>20.68</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Nikita Pak</t>
+  </si>
+  <si>
+    <t>20.91</t>
+  </si>
+  <si>
+    <t>18.64</t>
+  </si>
+  <si>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Игорь Тарабрин</t>
+    <t>Igor Tarabrin</t>
   </si>
   <si>
     <t>21.68</t>
   </si>
   <si>
-    <t>17.43</t>
-[...11 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Кирилл Нурмухамедов</t>
+    <t>Kirill Nurmukhamedov</t>
   </si>
   <si>
     <t>22.00</t>
   </si>
   <si>
     <t>17.88</t>
   </si>
   <si>
-    <t>Максим Дейч</t>
+    <t>Maksim Deych</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>22.39</t>
+  </si>
+  <si>
+    <t>14.55</t>
+  </si>
+  <si>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Юрий Коновалов</t>
+    <t>Yuri Konovalov</t>
   </si>
   <si>
     <t>22.75</t>
   </si>
   <si>
     <t>17.20</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...11 lines deleted...]
-    <t>23.38</t>
+    <t>Aleksei Ushachev</t>
+  </si>
+  <si>
+    <t>23.46</t>
+  </si>
+  <si>
+    <t>20.45</t>
+  </si>
+  <si>
+    <t>Ivan Milyi</t>
+  </si>
+  <si>
+    <t>23.69</t>
+  </si>
+  <si>
+    <t>18.33</t>
+  </si>
+  <si>
+    <t>Mikhail Ignatʹyev</t>
+  </si>
+  <si>
+    <t>23.80</t>
+  </si>
+  <si>
+    <t>19.24</t>
+  </si>
+  <si>
+    <t>Aleksandr Gerasimov</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
+    <t>Ivan Sidorenko</t>
+  </si>
+  <si>
+    <t>23.98</t>
+  </si>
+  <si>
+    <t>18.48</t>
+  </si>
+  <si>
+    <t>Andrey Kohhelev</t>
+  </si>
+  <si>
+    <t>24.28</t>
+  </si>
+  <si>
+    <t>16.95</t>
+  </si>
+  <si>
+    <t>Nikita Brylin</t>
+  </si>
+  <si>
+    <t>24.29</t>
+  </si>
+  <si>
+    <t>22.08</t>
+  </si>
+  <si>
+    <t>Daniil Abdulov</t>
+  </si>
+  <si>
+    <t>24.37</t>
+  </si>
+  <si>
+    <t>Karina Shamova</t>
+  </si>
+  <si>
+    <t>24.48</t>
+  </si>
+  <si>
+    <t>19.20</t>
+  </si>
+  <si>
+    <t>Anastasia Gubanova</t>
+  </si>
+  <si>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
-    <t>Алексей Ушачев</t>
-[...77 lines deleted...]
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Александр Минко</t>
+    <t>Aleksandr Minko</t>
   </si>
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>22.93</t>
   </si>
   <si>
-    <t>Екатерина Шураева</t>
+    <t>Yekaterina Shurayeva</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Павел Вершинин</t>
-[...5 lines deleted...]
-    <t>Степан Благовещенский</t>
+    <t>Stepan Blagoveshchenskiy</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
     <t>22.47</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Lev Yakimenko</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Агата Комекова</t>
+    <t>Agata Komekova</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
-    <t>Максим Демченко</t>
+    <t>Maksim Demchenko</t>
   </si>
   <si>
     <t>27.92</t>
   </si>
   <si>
     <t>22.86</t>
   </si>
   <si>
-    <t>Иван Лицов</t>
+    <t>Ivan Litsov</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
     <t>23.34</t>
   </si>
   <si>
-    <t>Дмитрий Бобыкин</t>
+    <t>Arina Zubova</t>
+  </si>
+  <si>
+    <t>28.49</t>
+  </si>
+  <si>
+    <t>21.80</t>
+  </si>
+  <si>
+    <t>Dmitriy Bobykin</t>
   </si>
   <si>
     <t>28.59</t>
   </si>
   <si>
     <t>26.41</t>
   </si>
   <si>
-    <t>Антон Бережнов</t>
+    <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>28.64</t>
   </si>
   <si>
     <t>23.62</t>
   </si>
   <si>
-    <t>Егор Касюк</t>
+    <t>Egor Kasyuk</t>
   </si>
   <si>
     <t>29.07</t>
   </si>
   <si>
-    <t>Лука Лукаш</t>
+    <t>Luka Lukash</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
-    <t>Кирилл Ослонов</t>
+    <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>30.17</t>
   </si>
   <si>
-    <t>Арина Зубова</t>
-[...17 lines deleted...]
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
+    <t>Kseniya Varfolomeeva</t>
+  </si>
+  <si>
+    <t>31.58</t>
+  </si>
+  <si>
+    <t>25.52</t>
+  </si>
+  <si>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
     <t>24.74</t>
   </si>
   <si>
-    <t>Павел Мишин</t>
+    <t>Pavel Mishin</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>25.76</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
-    <t>Максим Чечнев</t>
-[...8 lines deleted...]
-    <t>Дмитрий Родин</t>
+    <t>Dmitry Rodin</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
-    <t>Георгий Голосов</t>
+    <t>Yegor Yeremin</t>
+  </si>
+  <si>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
+  </si>
+  <si>
+    <t>Georgiy Golosov</t>
   </si>
   <si>
     <t>34.02</t>
   </si>
   <si>
     <t>27.54</t>
   </si>
   <si>
-    <t>Артём Сенкевич</t>
+    <t>Artëm Senkevich</t>
   </si>
   <si>
     <t>34.60</t>
   </si>
   <si>
     <t>31.52</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
-[...11 lines deleted...]
-    <t>35.16</t>
+    <t>Nikita Kuznetsov</t>
+  </si>
+  <si>
+    <t>35.36</t>
+  </si>
+  <si>
+    <t>31.06</t>
+  </si>
+  <si>
+    <t>Danil Kravchenko</t>
+  </si>
+  <si>
+    <t>35.47</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Никита Кузнецов</t>
-[...17 lines deleted...]
-    <t>Иван Некрасов</t>
+    <t>Ivan Nekrasov</t>
   </si>
   <si>
     <t>36.38</t>
   </si>
   <si>
     <t>30.44</t>
   </si>
   <si>
-    <t>Николай Курбатов</t>
+    <t>Nikolay Kurbatov</t>
   </si>
   <si>
     <t>37.17</t>
   </si>
   <si>
     <t>19.13</t>
   </si>
   <si>
-    <t>Даниил Ромашков</t>
+    <t>Maxim Chechnev</t>
+  </si>
+  <si>
+    <t>37.39</t>
+  </si>
+  <si>
+    <t>29.92</t>
+  </si>
+  <si>
+    <t>Daniil Romashkov</t>
   </si>
   <si>
     <t>37.53</t>
   </si>
   <si>
     <t>30.68</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Максимилиан Корчагин</t>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>38.76</t>
   </si>
   <si>
     <t>34.30</t>
   </si>
   <si>
-    <t>Вячеслав Сухарев</t>
+    <t>Vyacheslav Suharev</t>
   </si>
   <si>
     <t>38.81</t>
   </si>
   <si>
     <t>35.11</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
+    <t>Pëtr Anukov</t>
   </si>
   <si>
     <t>38.95</t>
   </si>
   <si>
-    <t>Илья Зибарев</t>
+    <t>Ilya Zibarev</t>
   </si>
   <si>
     <t>39.59</t>
   </si>
   <si>
     <t>31.33</t>
   </si>
   <si>
-    <t>Андрей Васёв</t>
+    <t>Andrey Vasëv</t>
   </si>
   <si>
     <t>39.71</t>
   </si>
   <si>
     <t>26.56</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>40.76</t>
   </si>
   <si>
     <t>35.05</t>
   </si>
   <si>
-    <t>Кристина Королёва</t>
+    <t>Kristina Koroleva</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Владимир Козлов</t>
+    <t>Vladimir Kozlov</t>
   </si>
   <si>
     <t>43.04</t>
   </si>
   <si>
     <t>32.75</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Виктор Иванов</t>
+    <t>Viktor Ivanov</t>
   </si>
   <si>
     <t>48.58</t>
   </si>
   <si>
     <t>42.84</t>
   </si>
   <si>
-    <t>Данил Глаголев</t>
+    <t>Danil Glagolev</t>
   </si>
   <si>
     <t>49.37</t>
   </si>
   <si>
     <t>40.90</t>
   </si>
   <si>
-    <t>Владимир Щеглов</t>
+    <t>Vladimir Shcheglov</t>
   </si>
   <si>
     <t>49.49</t>
   </si>
   <si>
     <t>29.70</t>
   </si>
   <si>
-    <t>Лев Копылов</t>
+    <t>Lev Kopylov</t>
   </si>
   <si>
     <t>54.28</t>
   </si>
   <si>
     <t>43.00</t>
   </si>
   <si>
-    <t>Егор Жогин</t>
+    <t>Yegor Zhogin</t>
   </si>
   <si>
     <t>58.22</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
-[...8 lines deleted...]
-    <t>Иван Королев</t>
+    <t>Ivan Korolev</t>
   </si>
   <si>
     <t>1:18.99</t>
   </si>
   <si>
     <t>57.21</t>
   </si>
   <si>
-    <t>Даниил Свиридов</t>
+    <t>Daniil Sviridov</t>
   </si>
   <si>
     <t>1:47.01</t>
   </si>
   <si>
     <t>1:41.88</t>
   </si>
   <si>
-    <t>Степан Краюшкин</t>
+    <t>Stepan Krayushkin</t>
   </si>
   <si>
     <t>42.88</t>
   </si>
   <si>
-    <t>Эрно Рётся</t>
+    <t>Erno Retsia</t>
   </si>
   <si>
     <t>43.14</t>
   </si>
   <si>
-    <t>Александр Корев</t>
+    <t>Aleksandr Korev</t>
   </si>
   <si>
     <t>51.03</t>
   </si>
   <si>
-    <t>Анастасия Вергунова</t>
+    <t>Anastasiya Vergunova</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
+    <t>Aleksandr Smirnov</t>
   </si>
   <si>
     <t>58.77</t>
   </si>
   <si>
-    <t>Арсений Умаров</t>
+    <t>Arsenii Umarov</t>
   </si>
   <si>
     <t>1:03.66</t>
   </si>
   <si>
-    <t>Ольга Кун</t>
+    <t>Olʹga Kun</t>
   </si>
   <si>
     <t>1:07.48</t>
   </si>
   <si>
-    <t>Роман Ермошкевич</t>
+    <t>Roman Yermoshkevich</t>
   </si>
   <si>
     <t>1:07.52</t>
   </si>
   <si>
-    <t>Андрей Артеменко</t>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>1:09.17</t>
+  </si>
+  <si>
+    <t>Andrey Artëmenko</t>
   </si>
   <si>
     <t>1:21.47</t>
   </si>
   <si>
-    <t>Екатерина Струшкевич</t>
+    <t>Ekaterina Strushkevich</t>
   </si>
   <si>
     <t>1:25.52</t>
   </si>
   <si>
-    <t>Полина Андреева</t>
+    <t>Polina Andreeva</t>
   </si>
   <si>
     <t>1:26.90</t>
   </si>
   <si>
-    <t>Константин Соколов</t>
+    <t>Konstantin Sokolov</t>
   </si>
   <si>
     <t>1:58.05</t>
   </si>
   <si>
-    <t>Александр Евдокимов</t>
-[...47 lines deleted...]
-    <t>Таисия Семенихина</t>
+    <t>Aleksandr Evdokimov</t>
+  </si>
+  <si>
+    <t>Albert Kocharov</t>
+  </si>
+  <si>
+    <t>Vadim Zatolokin</t>
+  </si>
+  <si>
+    <t>Valeriya Kerimova</t>
+  </si>
+  <si>
+    <t>Vladimir Pershin</t>
+  </si>
+  <si>
+    <t>Vladislava Shvedova</t>
+  </si>
+  <si>
+    <t>Georgy Vershinin</t>
+  </si>
+  <si>
+    <t>Danila Ryabinin</t>
+  </si>
+  <si>
+    <t>Dmitriy Samotoenko</t>
+  </si>
+  <si>
+    <t>Dmitriy Streshinskiy</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
+  </si>
+  <si>
+    <t>Konstantin Makarov</t>
+  </si>
+  <si>
+    <t>Leonid Tarasenko</t>
+  </si>
+  <si>
+    <t>Mikhail Goncharov</t>
+  </si>
+  <si>
+    <t>Olga Sazonova</t>
+  </si>
+  <si>
+    <t>Pavel Vershinin</t>
+  </si>
+  <si>
+    <t>Potap Mishaev</t>
+  </si>
+  <si>
+    <t>Pëtr Yunin</t>
+  </si>
+  <si>
+    <t>Sevastyan Belov</t>
+  </si>
+  <si>
+    <t>Taisiya Semenikhina</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1770,51 +1752,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C175" sqref="C175"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1895,79 +1877,79 @@
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
@@ -2136,205 +2118,205 @@
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D38" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>113</v>
@@ -2388,597 +2370,597 @@
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>124</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>127</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>132</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>135</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D47" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>138</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D48" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D54" t="s">
-        <v>157</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>158</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>163</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D58" t="s">
-        <v>110</v>
+        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D59" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>172</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D61" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D62" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D63" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D64" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D65" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D66" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D67" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D68" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D69" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D70" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D71" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D72" t="s">
-        <v>207</v>
+        <v>139</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D73" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D74" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D75" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D76" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D77" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D78" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D79" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D80" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D81" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D82" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D83" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>241</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D84" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>244</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>245</v>
@@ -2990,93 +2972,93 @@
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>247</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D86" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>250</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D87" t="s">
-        <v>252</v>
+        <v>152</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>252</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>255</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D89" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>258</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>261</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D91" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>264</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>265</v>
@@ -3130,982 +3112,956 @@
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>276</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D96" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>279</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>280</v>
       </c>
       <c r="D97" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D98" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D99" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D100" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D101" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D102" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D103" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D104" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D105" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D106" t="s">
-        <v>307</v>
+        <v>271</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>308</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D107" t="s">
-        <v>277</v>
+        <v>234</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>310</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D108" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>312</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D109" t="s">
-        <v>254</v>
+        <v>314</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D110" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D111" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D112" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D113" t="s">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>326</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D114" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>329</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D115" t="s">
-        <v>248</v>
+        <v>331</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D116" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D117" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D118" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D119" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D120" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D121" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D122" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D123" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D124" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D125" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D126" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D127" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D128" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D129" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>373</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>374</v>
       </c>
       <c r="D130" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>376</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D131" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>379</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D132" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D133" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D134" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D135" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D136" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D137" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D138" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D139" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D140" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D141" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D142" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="C143" s="1" t="s">
         <v>412</v>
       </c>
+      <c r="C143" s="1"/>
       <c r="D143" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>414</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="C144" s="1"/>
+      <c r="D144" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
+        <v>416</v>
+      </c>
+      <c r="C145" s="1"/>
+      <c r="D145" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="C146" s="1"/>
       <c r="D146" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C149" s="1"/>
       <c r="D149" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C150" s="1"/>
       <c r="D150" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C151" s="1"/>
       <c r="D151" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C152" s="1"/>
       <c r="D152" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C153" s="1"/>
       <c r="D153" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="C154" s="1"/>
       <c r="D154" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C155" s="1"/>
       <c r="D155" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="B156" t="s">
+        <v>438</v>
+      </c>
+      <c r="C156" s="1"/>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="B157" t="s">
+        <v>439</v>
+      </c>
+      <c r="C157" s="1"/>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="B158" t="s">
         <v>440</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      </c>
       <c r="C158" s="1"/>
-      <c r="D158" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="159" spans="1:4">
       <c r="B159" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="C159" s="1"/>
     </row>
     <row r="160" spans="1:4">
       <c r="B160" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="C160" s="1"/>
     </row>
     <row r="161" spans="1:4">
       <c r="B161" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="C161" s="1"/>
     </row>
     <row r="162" spans="1:4">
       <c r="B162" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="C162" s="1"/>
     </row>
     <row r="163" spans="1:4">
       <c r="B163" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C163" s="1"/>
     </row>
     <row r="164" spans="1:4">
       <c r="B164" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="C164" s="1"/>
     </row>
     <row r="165" spans="1:4">
       <c r="B165" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="C165" s="1"/>
     </row>
     <row r="166" spans="1:4">
       <c r="B166" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="C166" s="1"/>
     </row>
     <row r="167" spans="1:4">
       <c r="B167" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="C167" s="1"/>
     </row>
     <row r="168" spans="1:4">
       <c r="B168" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="C168" s="1"/>
     </row>
     <row r="169" spans="1:4">
       <c r="B169" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C169" s="1"/>
     </row>
     <row r="170" spans="1:4">
       <c r="B170" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="C170" s="1"/>
     </row>
     <row r="171" spans="1:4">
       <c r="B171" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="C171" s="1"/>
     </row>
     <row r="172" spans="1:4">
       <c r="B172" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C172" s="1"/>
     </row>
     <row r="173" spans="1:4">
       <c r="B173" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="C173" s="1"/>
     </row>
     <row r="174" spans="1:4">
       <c r="B174" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C174" s="1"/>
     </row>
     <row r="175" spans="1:4">
       <c r="B175" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="C175" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>