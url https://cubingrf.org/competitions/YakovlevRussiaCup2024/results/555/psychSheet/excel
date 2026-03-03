--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,523 +12,520 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="376">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>44.99</t>
   </si>
   <si>
     <t>38.08</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Алексей Жариков</t>
   </si>
   <si>
     <t>52.58</t>
   </si>
   <si>
     <t>47.07</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
+  </si>
+  <si>
+    <t>58.94</t>
+  </si>
+  <si>
+    <t>54.76</t>
+  </si>
+  <si>
+    <t>Олег Аккерман</t>
+  </si>
+  <si>
+    <t>59.92</t>
+  </si>
+  <si>
+    <t>55.45</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>58.84</t>
-[...29 lines deleted...]
-    <t>51.01</t>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>1:00.51</t>
+  </si>
+  <si>
+    <t>55.86</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
+    <t>58.17</t>
   </si>
   <si>
     <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:00.93</t>
   </si>
   <si>
     <t>55.69</t>
   </si>
   <si>
+    <t>Михаил Копылов</t>
+  </si>
+  <si>
+    <t>1:00.95</t>
+  </si>
+  <si>
+    <t>54.13</t>
+  </si>
+  <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>Александр Коротаев</t>
   </si>
   <si>
     <t>1:03.05</t>
   </si>
   <si>
     <t>58.95</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>55.26</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>1:03.20</t>
   </si>
   <si>
     <t>51.69</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
     <t>Георгий Вершинин</t>
   </si>
   <si>
     <t>1:05.48</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:06.07</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
-    <t>Михаил Копылов</t>
-[...5 lines deleted...]
-    <t>54.13</t>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
+  </si>
+  <si>
+    <t>Николай Катаев</t>
+  </si>
+  <si>
+    <t>1:08.27</t>
+  </si>
+  <si>
+    <t>1:02.00</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...7 lines deleted...]
-  <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
+    <t>Артём Курицын</t>
+  </si>
+  <si>
+    <t>1:11.34</t>
+  </si>
+  <si>
+    <t>1:03.90</t>
+  </si>
+  <si>
+    <t>Максим Безъязыков</t>
+  </si>
+  <si>
+    <t>1:11.79</t>
+  </si>
+  <si>
+    <t>1:09.98</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>1:11.88</t>
+  </si>
+  <si>
+    <t>1:04.59</t>
+  </si>
+  <si>
+    <t>Юрий Рякин</t>
+  </si>
+  <si>
+    <t>1:13.14</t>
+  </si>
+  <si>
+    <t>1:02.12</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>1:13.84</t>
+  </si>
+  <si>
+    <t>1:05.46</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
+  </si>
+  <si>
+    <t>1:14.45</t>
+  </si>
+  <si>
+    <t>Александр Герасимов</t>
+  </si>
+  <si>
+    <t>1:16.27</t>
+  </si>
+  <si>
+    <t>1:12.92</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>1:17.55</t>
+  </si>
+  <si>
+    <t>1:07.61</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>1:17.68</t>
+  </si>
+  <si>
+    <t>1:11.67</t>
+  </si>
+  <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>1:11.12</t>
-[...110 lines deleted...]
-    <t>1:08.33</t>
+    <t>1:18.93</t>
+  </si>
+  <si>
+    <t>1:12.48</t>
   </si>
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>1:19.17</t>
   </si>
   <si>
     <t>1:06.09</t>
   </si>
   <si>
     <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>1:20.06</t>
   </si>
   <si>
     <t>1:12.14</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>1:20.07</t>
   </si>
   <si>
     <t>1:10.83</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>1:20.57</t>
+  </si>
+  <si>
+    <t>1:11.94</t>
+  </si>
+  <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>1:20.84</t>
   </si>
   <si>
     <t>1:12.24</t>
   </si>
   <si>
-    <t>Никита Пак</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>1:22.39</t>
   </si>
   <si>
     <t>1:12.11</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>1:23.19</t>
   </si>
   <si>
     <t>1:08.82</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
@@ -557,54 +554,63 @@
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>1:28.58</t>
   </si>
   <si>
     <t>1:22.12</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>1:31.49</t>
   </si>
   <si>
     <t>1:26.03</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
@@ -620,408 +626,402 @@
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>1:33.75</t>
   </si>
   <si>
     <t>1:29.75</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>1:35.30</t>
+  </si>
+  <si>
+    <t>1:28.69</t>
+  </si>
+  <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>1:36.91</t>
   </si>
   <si>
     <t>1:32.85</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
+    <t>Агата Комекова</t>
+  </si>
+  <si>
+    <t>1:39.62</t>
+  </si>
+  <si>
+    <t>1:32.08</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>1:40.19</t>
+  </si>
+  <si>
+    <t>1:33.14</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>1:42.83</t>
+  </si>
+  <si>
+    <t>1:23.34</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>1:43.43</t>
+  </si>
+  <si>
+    <t>1:29.05</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>1:43.81</t>
+  </si>
+  <si>
+    <t>1:31.12</t>
+  </si>
+  <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>1:44.68</t>
+  </si>
+  <si>
+    <t>1:40.31</t>
+  </si>
+  <si>
+    <t>Владислав Андросов</t>
+  </si>
+  <si>
+    <t>1:45.06</t>
+  </si>
+  <si>
+    <t>1:41.91</t>
+  </si>
+  <si>
+    <t>Иван Ковалев</t>
+  </si>
+  <si>
+    <t>1:45.30</t>
+  </si>
+  <si>
+    <t>1:35.69</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>1:45.42</t>
+  </si>
+  <si>
+    <t>1:35.79</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>1:45.77</t>
+  </si>
+  <si>
+    <t>1:22.26</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>1:46.97</t>
+  </si>
+  <si>
+    <t>1:38.45</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>1:47.02</t>
+  </si>
+  <si>
+    <t>1:44.71</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>1:39.39</t>
-[...101 lines deleted...]
-    <t>1:44.71</t>
+    <t>1:47.36</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
     <t>Иван Лицов</t>
   </si>
   <si>
     <t>1:49.80</t>
   </si>
   <si>
     <t>1:40.59</t>
   </si>
   <si>
-    <t>Арина Зубова</t>
-[...5 lines deleted...]
-    <t>1:44.06</t>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>1:52.99</t>
+  </si>
+  <si>
+    <t>1:43.38</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>1:53.16</t>
+  </si>
+  <si>
+    <t>1:46.27</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>1:55.09</t>
+  </si>
+  <si>
+    <t>1:41.92</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>1:55.84</t>
+  </si>
+  <si>
+    <t>1:40.76</t>
   </si>
   <si>
     <t>Андрей Радаев</t>
   </si>
   <si>
-    <t>1:52.06</t>
-[...47 lines deleted...]
-    <t>1:47.27</t>
+    <t>1:57.38</t>
+  </si>
+  <si>
+    <t>1:53.97</t>
+  </si>
+  <si>
+    <t>Андрей Васёв</t>
+  </si>
+  <si>
+    <t>2:07.77</t>
+  </si>
+  <si>
+    <t>1:50.15</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>2:10.22</t>
+  </si>
+  <si>
+    <t>2:03.70</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>2:10.53</t>
+  </si>
+  <si>
+    <t>1:51.57</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
+  </si>
+  <si>
+    <t>1:53.17</t>
+  </si>
+  <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>2:14.27</t>
+  </si>
+  <si>
+    <t>1:48.57</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>2:15.07</t>
+  </si>
+  <si>
+    <t>1:50.17</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>2:20.52</t>
+  </si>
+  <si>
+    <t>2:02.53</t>
+  </si>
+  <si>
+    <t>Родион Першин</t>
+  </si>
+  <si>
+    <t>2:34.64</t>
+  </si>
+  <si>
+    <t>2:18.78</t>
+  </si>
+  <si>
+    <t>Егор Касюк</t>
+  </si>
+  <si>
+    <t>2:37.70</t>
+  </si>
+  <si>
+    <t>2:20.05</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>2:49.68</t>
+  </si>
+  <si>
+    <t>2:21.80</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>3:15.18</t>
+  </si>
+  <si>
+    <t>2:19.92</t>
   </si>
   <si>
     <t>Павел Вершинин</t>
   </si>
   <si>
-    <t>1:59.31</t>
-[...110 lines deleted...]
-    <t>2:19.92</t>
+    <t>2:03.44</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
     <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>2:10.19</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:11.36</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
@@ -1101,53 +1101,50 @@
     <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>3:53.48</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>3:59.94</t>
   </si>
   <si>
     <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>4:06.54</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>5:07.59</t>
   </si>
   <si>
     <t>Александр Черкасов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>Вадим Затолокин</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>Георгий Макаров</t>
   </si>
   <si>
     <t>Давид Восканян</t>
   </si>
   <si>
     <t>Данил Глаголев</t>
   </si>
   <si>
     <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>Илья Мальцев</t>
   </si>
   <si>
     <t>Матвей Каблуков</t>
   </si>
@@ -2071,1318 +2068,1324 @@
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D39" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>120</v>
+        <v>86</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>132</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>144</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>147</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>150</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>156</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>159</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>162</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>165</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>168</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>171</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>174</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>177</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>180</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>183</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>186</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>189</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>192</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>195</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>198</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>201</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>204</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>207</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>210</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>213</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>216</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>219</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>222</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>225</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>228</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>231</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>234</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>237</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>240</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>243</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>246</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D83" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>249</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>252</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>255</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>258</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>261</v>
+        <v>194</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>260</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D88" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>263</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D89" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>266</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D90" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>269</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D91" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>272</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D92" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>275</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D93" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>278</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D94" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>281</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D95" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>284</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D96" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>287</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D97" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>290</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D98" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>293</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D99" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>296</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D100" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
+        <v>299</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D101" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>302</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D102" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>305</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D103" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>308</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D104" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>311</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D105" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>314</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D106" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>317</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D107" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C115" s="1"/>
       <c r="D115" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C116" s="1"/>
       <c r="D116" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C117" s="1"/>
       <c r="D117" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C118" s="1"/>
       <c r="D118" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C119" s="1"/>
       <c r="D119" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C120" s="1"/>
       <c r="D120" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C121" s="1"/>
       <c r="D121" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C122" s="1"/>
       <c r="D122" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C123" s="1"/>
       <c r="D123" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C125" s="1"/>
       <c r="D125" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C126" s="1"/>
       <c r="D126" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C127" s="1"/>
       <c r="D127" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128">
+        <v>127</v>
+      </c>
+      <c r="B128" t="s">
+        <v>360</v>
+      </c>
+      <c r="C128" s="1"/>
+      <c r="D128" t="s">
         <v>361</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C128" s="1"/>
     </row>
     <row r="129" spans="1:4">
       <c r="B129" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C129" s="1"/>
     </row>
     <row r="130" spans="1:4">
       <c r="B130" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C130" s="1"/>
     </row>
     <row r="131" spans="1:4">
       <c r="B131" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C131" s="1"/>
     </row>
     <row r="132" spans="1:4">
       <c r="B132" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C132" s="1"/>
     </row>
     <row r="133" spans="1:4">
       <c r="B133" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C133" s="1"/>
     </row>
     <row r="134" spans="1:4">
       <c r="B134" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C134" s="1"/>
     </row>
     <row r="135" spans="1:4">
       <c r="B135" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C135" s="1"/>
     </row>
     <row r="136" spans="1:4">
       <c r="B136" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="C136" s="1"/>
     </row>
     <row r="137" spans="1:4">
       <c r="B137" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C137" s="1"/>
     </row>
     <row r="138" spans="1:4">
       <c r="B138" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C138" s="1"/>
     </row>
     <row r="139" spans="1:4">
       <c r="B139" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C139" s="1"/>
     </row>
     <row r="140" spans="1:4">
       <c r="B140" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C140" s="1"/>
     </row>
     <row r="141" spans="1:4">
       <c r="B141" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C141" s="1"/>
     </row>
     <row r="142" spans="1:4">
       <c r="B142" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C142" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>