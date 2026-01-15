--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,624 +17,624 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Alexey Zharikov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>1:10.06</t>
+  </si>
+  <si>
+    <t>1:05.88</t>
+  </si>
+  <si>
+    <t>Алексей Жариков</t>
   </si>
   <si>
     <t>1:32.96</t>
   </si>
   <si>
     <t>1:28.78</t>
   </si>
   <si>
-    <t>Alexander Bashutkin</t>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
     <t>1:28.65</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>1:40.96</t>
   </si>
   <si>
     <t>1:30.25</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:48.55</t>
   </si>
   <si>
     <t>1:44.57</t>
   </si>
   <si>
-    <t>Danila Ryabinin</t>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:49.68</t>
   </si>
   <si>
     <t>1:39.58</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
-    <t>Vladislav Melnikov</t>
+    <t>Владислав Мельников</t>
   </si>
   <si>
     <t>1:51.94</t>
   </si>
   <si>
     <t>1:46.19</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>1:52.54</t>
   </si>
   <si>
     <t>1:44.32</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Dmitry Vasilyev</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>1:53.20</t>
+  </si>
+  <si>
+    <t>1:47.25</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
     <t>1:59.88</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2:03.91</t>
   </si>
   <si>
     <t>1:57.76</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>2:11.13</t>
   </si>
   <si>
     <t>2:05.33</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
   <si>
     <t>2:11.56</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>2:14.94</t>
   </si>
   <si>
     <t>2:11.02</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>2:19.49</t>
   </si>
   <si>
     <t>2:08.60</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2:20.51</t>
   </si>
   <si>
     <t>2:17.76</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
-    <t>Georgy Vershinin</t>
+    <t>Георгий Вершинин</t>
   </si>
   <si>
     <t>2:26.60</t>
   </si>
   <si>
     <t>2:10.56</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>2:27.42</t>
   </si>
   <si>
     <t>2:21.85</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>2:27.92</t>
   </si>
   <si>
     <t>2:13.13</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>2:30.58</t>
   </si>
   <si>
     <t>2:23.08</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>2:35.90</t>
   </si>
   <si>
     <t>2:30.79</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>2:37.31</t>
   </si>
   <si>
     <t>2:34.48</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>2:40.66</t>
   </si>
   <si>
     <t>2:25.84</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>2:40.70</t>
   </si>
   <si>
     <t>2:33.58</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>2:46.92</t>
   </si>
   <si>
     <t>2:45.17</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:47.98</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>2:52.90</t>
   </si>
   <si>
     <t>2:46.95</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>2:54.45</t>
   </si>
   <si>
     <t>2:43.54</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>3:03.06</t>
   </si>
   <si>
     <t>2:43.94</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>3:11.53</t>
   </si>
   <si>
     <t>2:58.18</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>3:17.29</t>
   </si>
   <si>
     <t>3:04.74</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>3:17.66</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>3:19.35</t>
   </si>
   <si>
     <t>2:59.01</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>3:28.83</t>
   </si>
   <si>
     <t>3:07.33</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>3:55.88</t>
   </si>
   <si>
     <t>3:46.90</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>4:34.78</t>
   </si>
   <si>
     <t>4:15.89</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>4:38.11</t>
   </si>
   <si>
     <t>4:15.97</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>4:47.67</t>
   </si>
   <si>
     <t>4:22.63</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>5:08.08</t>
   </si>
   <si>
     <t>4:50.67</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5:19.86</t>
   </si>
   <si>
     <t>4:43.12</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>5:45.54</t>
   </si>
   <si>
     <t>5:02.08</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>6:03.46</t>
   </si>
   <si>
     <t>5:17.69</t>
   </si>
   <si>
-    <t>Dmitriy Sargsyan</t>
+    <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>3:32.73</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>3:42.24</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>3:42.78</t>
   </si>
   <si>
-    <t>Vladislav Androsov</t>
+    <t>Владислав Андросов</t>
   </si>
   <si>
     <t>4:01.41</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>4:09.90</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>5:02.66</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>5:25.66</t>
   </si>
   <si>
-    <t>Aleksandr Hrenov</t>
+    <t>Александр Хренов</t>
   </si>
   <si>
     <t>5:27.78</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8:04.16</t>
   </si>
   <si>
-    <t>Aleksandr Korotayev</t>
-[...32 lines deleted...]
-    <t>Chuldum Choyzhal</t>
+    <t>Александр Коротаев</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>Дмитрий Ильин</t>
+  </si>
+  <si>
+    <t>Екатерина Шураева</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>Полина Вишнякова</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>Родион Першин</t>
+  </si>
+  <si>
+    <t>Севастьян Белов</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>Чульдум Чойжал</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>