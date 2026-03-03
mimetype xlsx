--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,611 +12,593 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:10.06</t>
-[...2 lines deleted...]
-    <t>1:05.88</t>
+    <t>1:15.20</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
   </si>
   <si>
     <t>Алексей Жариков</t>
   </si>
   <si>
     <t>1:32.96</t>
   </si>
   <si>
     <t>1:28.78</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
+  </si>
+  <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
     <t>1:28.65</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:49.68</t>
   </si>
   <si>
     <t>1:39.58</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
+  </si>
+  <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>1:51.94</t>
   </si>
   <si>
     <t>1:46.19</t>
   </si>
   <si>
-    <t>Никита Попков</t>
-[...7 lines deleted...]
-  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
-    <t>1:59.88</t>
+    <t>1:57.38</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2:03.91</t>
   </si>
   <si>
     <t>1:57.76</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>2:11.13</t>
   </si>
   <si>
     <t>2:05.33</t>
   </si>
   <si>
+    <t>Михаил Копылов</t>
+  </si>
+  <si>
+    <t>2:13.67</t>
+  </si>
+  <si>
+    <t>2:03.93</t>
+  </si>
+  <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
   <si>
     <t>2:11.56</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>2:14.94</t>
   </si>
   <si>
     <t>2:11.02</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
     <t>2:19.49</t>
   </si>
   <si>
     <t>2:08.60</t>
   </si>
   <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
+  </si>
+  <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2:20.51</t>
   </si>
   <si>
     <t>2:17.76</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
+    <t>Александр Герасимов</t>
+  </si>
+  <si>
+    <t>2:27.42</t>
+  </si>
+  <si>
+    <t>2:21.85</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
+  </si>
+  <si>
+    <t>2:30.58</t>
+  </si>
+  <si>
+    <t>2:23.08</t>
+  </si>
+  <si>
+    <t>Олег Кремлёв</t>
+  </si>
+  <si>
+    <t>2:35.90</t>
+  </si>
+  <si>
+    <t>2:30.79</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
+  </si>
+  <si>
+    <t>2:36.43</t>
+  </si>
+  <si>
+    <t>2:26.93</t>
+  </si>
+  <si>
+    <t>Юрий Рякин</t>
+  </si>
+  <si>
+    <t>2:37.31</t>
+  </si>
+  <si>
+    <t>2:34.48</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>2:40.70</t>
+  </si>
+  <si>
+    <t>2:33.58</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>2:45.80</t>
+  </si>
+  <si>
+    <t>2:36.84</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>2:46.92</t>
+  </si>
+  <si>
+    <t>2:45.17</t>
+  </si>
+  <si>
+    <t>Никита Пак</t>
+  </si>
+  <si>
+    <t>2:52.90</t>
+  </si>
+  <si>
+    <t>2:46.95</t>
+  </si>
+  <si>
+    <t>Кирилл Нурмухамедов</t>
+  </si>
+  <si>
+    <t>2:54.45</t>
+  </si>
+  <si>
+    <t>2:43.54</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>3:03.06</t>
+  </si>
+  <si>
+    <t>2:43.94</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>3:17.29</t>
+  </si>
+  <si>
+    <t>3:04.74</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
+  </si>
+  <si>
+    <t>3:17.66</t>
+  </si>
+  <si>
+    <t>2:56.07</t>
+  </si>
+  <si>
+    <t>Максим Демченко</t>
+  </si>
+  <si>
+    <t>3:19.35</t>
+  </si>
+  <si>
+    <t>2:59.01</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
+  </si>
+  <si>
+    <t>3:28.83</t>
+  </si>
+  <si>
+    <t>3:07.33</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>3:36.14</t>
+  </si>
+  <si>
+    <t>3:24.13</t>
+  </si>
+  <si>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>3:49.94</t>
+  </si>
+  <si>
+    <t>3:44.70</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>3:55.88</t>
+  </si>
+  <si>
+    <t>3:46.90</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>4:15.92</t>
+  </si>
+  <si>
+    <t>3:48.79</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>4:34.78</t>
+  </si>
+  <si>
+    <t>4:15.89</t>
+  </si>
+  <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>4:38.11</t>
+  </si>
+  <si>
+    <t>4:15.97</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>5:08.08</t>
+  </si>
+  <si>
+    <t>4:50.67</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>5:19.86</t>
+  </si>
+  <si>
+    <t>4:43.12</t>
+  </si>
+  <si>
+    <t>Лев Кураев</t>
+  </si>
+  <si>
+    <t>5:45.54</t>
+  </si>
+  <si>
+    <t>5:02.08</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>6:03.46</t>
+  </si>
+  <si>
+    <t>5:17.69</t>
+  </si>
+  <si>
+    <t>Дмитрий Саргсян</t>
+  </si>
+  <si>
+    <t>3:32.73</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>3:42.24</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>3:42.78</t>
+  </si>
+  <si>
+    <t>Владислав Андросов</t>
+  </si>
+  <si>
+    <t>4:01.41</t>
+  </si>
+  <si>
+    <t>Егор Касюк</t>
+  </si>
+  <si>
+    <t>5:02.66</t>
+  </si>
+  <si>
+    <t>Евсей Ионуш</t>
+  </si>
+  <si>
+    <t>5:25.66</t>
+  </si>
+  <si>
+    <t>Александр Хренов</t>
+  </si>
+  <si>
+    <t>5:27.78</t>
+  </si>
+  <si>
+    <t>Александр Коротаев</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
     <t>Георгий Вершинин</t>
   </si>
   <si>
-    <t>2:26.60</t>
-[...218 lines deleted...]
-    <t>4:15.97</t>
+    <t>Георгий Макаров</t>
+  </si>
+  <si>
+    <t>Дмитрий Ильин</t>
+  </si>
+  <si>
+    <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>Иван Лицов</t>
   </si>
   <si>
-    <t>4:47.67</t>
-[...62 lines deleted...]
-    <t>4:01.41</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>Лев Брусков</t>
-  </si>
-[...43 lines deleted...]
-    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>Полина Вишнякова</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>Севастьян Белов</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>Чульдум Чойжал</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1697,248 +1679,220 @@
       <c r="D51" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>154</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D52" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>157</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C53" s="1"/>
+      <c r="D53" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>159</v>
+      </c>
+      <c r="C54" s="1"/>
+      <c r="D54" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="B60" t="s">
+        <v>171</v>
+      </c>
+      <c r="C60" s="1"/>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="B61" t="s">
         <v>172</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B60" t="s">
+      <c r="C61" s="1"/>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="B62" t="s">
         <v>173</v>
       </c>
-      <c r="C60" s="1"/>
-      <c r="D60" t="s">
+      <c r="C62" s="1"/>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="B63" t="s">
         <v>174</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      </c>
       <c r="C63" s="1"/>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C66" s="1"/>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="C74" s="1"/>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C75" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>