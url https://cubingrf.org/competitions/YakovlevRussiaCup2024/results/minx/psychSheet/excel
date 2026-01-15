--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,1113 +17,1113 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>25.33</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
-    <t>Mikhail Kopylov</t>
+    <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>36.96</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>44.16</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>47.91</t>
   </si>
   <si>
-    <t>Igor Tarabrin</t>
+    <t>Игорь Тарабрин</t>
   </si>
   <si>
     <t>50.27</t>
   </si>
   <si>
     <t>46.10</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Alina Drachuk</t>
+    <t>Алина Драчук</t>
   </si>
   <si>
     <t>52.35</t>
   </si>
   <si>
     <t>48.92</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>52.50</t>
   </si>
   <si>
     <t>43.78</t>
   </si>
   <si>
-    <t>Danila Ryabinin</t>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>54.45</t>
   </si>
   <si>
     <t>46.65</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>54.70</t>
   </si>
   <si>
     <t>45.79</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>54.86</t>
   </si>
   <si>
     <t>47.59</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
     <t>53.20</t>
   </si>
   <si>
-    <t>Valeriy Kurbatov</t>
+    <t>Валерий Курбатов</t>
   </si>
   <si>
     <t>58.67</t>
   </si>
   <si>
     <t>53.49</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>59.37</t>
   </si>
   <si>
     <t>51.31</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:00.26</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
-    <t>Dmitry Kosterev</t>
+    <t>Дмитрий Костерев</t>
   </si>
   <si>
     <t>1:01.33</t>
   </si>
   <si>
     <t>54.12</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>1:02.01</t>
   </si>
   <si>
     <t>59.79</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:03.32</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Konstantin Vasilʹyev</t>
+    <t>Константин Васильев</t>
   </si>
   <si>
     <t>1:10.96</t>
   </si>
   <si>
     <t>1:05.24</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:11.74</t>
   </si>
   <si>
     <t>57.98</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>1:17.29</t>
   </si>
   <si>
     <t>1:11.68</t>
   </si>
   <si>
-    <t>Arina Zubova</t>
+    <t>Арина Зубова</t>
   </si>
   <si>
     <t>1:18.00</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:19.14</t>
   </si>
   <si>
     <t>1:09.92</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>1:19.93</t>
   </si>
   <si>
     <t>1:12.73</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Andrey Vasëv</t>
+    <t>Андрей Васёв</t>
   </si>
   <si>
     <t>1:21.03</t>
   </si>
   <si>
     <t>1:16.20</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
+    <t>Владислав Кожин</t>
   </si>
   <si>
     <t>1:21.23</t>
   </si>
   <si>
     <t>1:15.10</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>1:21.34</t>
   </si>
   <si>
     <t>1:18.60</t>
   </si>
   <si>
-    <t>Dmitriy Sargsyan</t>
+    <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>1:21.38</t>
   </si>
   <si>
     <t>1:07.45</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:24.21</t>
   </si>
   <si>
     <t>1:15.32</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>1:24.99</t>
   </si>
   <si>
     <t>1:23.64</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:26.29</t>
   </si>
   <si>
     <t>1:16.62</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:27.07</t>
   </si>
   <si>
     <t>1:21.19</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>1:29.20</t>
   </si>
   <si>
     <t>1:09.50</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:29.40</t>
   </si>
   <si>
     <t>1:14.40</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:21.48</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1:33.39</t>
   </si>
   <si>
     <t>1:22.39</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>1:34.92</t>
   </si>
   <si>
     <t>1:03.49</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>1:36.32</t>
   </si>
   <si>
     <t>1:30.86</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>1:36.86</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>1:39.79</t>
   </si>
   <si>
     <t>1:28.69</t>
   </si>
   <si>
-    <t>Yekaterina Shurayeva</t>
+    <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>1:40.30</t>
   </si>
   <si>
     <t>1:28.00</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>1:40.92</t>
   </si>
   <si>
     <t>1:32.51</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>1:41.63</t>
   </si>
   <si>
     <t>1:32.42</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>1:43.29</t>
   </si>
   <si>
     <t>1:27.25</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:43.31</t>
   </si>
   <si>
     <t>1:33.92</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Aleksandr Korotayev</t>
+    <t>Александр Коротаев</t>
   </si>
   <si>
     <t>1:43.88</t>
   </si>
   <si>
     <t>1:36.00</t>
   </si>
   <si>
-    <t>Aleksei Ushachev</t>
+    <t>Алексей Ушачев</t>
   </si>
   <si>
     <t>1:44.75</t>
   </si>
   <si>
     <t>1:30.23</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>1:45.48</t>
   </si>
   <si>
     <t>1:35.72</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>1:46.66</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:50.01</t>
   </si>
   <si>
     <t>1:39.46</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>1:50.79</t>
   </si>
   <si>
     <t>1:33.37</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:51.90</t>
   </si>
   <si>
     <t>1:38.46</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>1:55.39</t>
   </si>
   <si>
     <t>1:42.63</t>
   </si>
   <si>
-    <t>Danil Kravchenko</t>
+    <t>Данил Кравченко</t>
   </si>
   <si>
     <t>1:56.27</t>
   </si>
   <si>
     <t>1:42.21</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:58.63</t>
   </si>
   <si>
     <t>1:36.34</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>2:01.44</t>
   </si>
   <si>
     <t>1:44.85</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>2:04.18</t>
   </si>
   <si>
     <t>1:54.68</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>2:20.74</t>
   </si>
   <si>
     <t>2:06.03</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:40.44</t>
   </si>
   <si>
     <t>2:09.61</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>4:05.60</t>
   </si>
   <si>
     <t>3:34.42</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:50.26</t>
   </si>
   <si>
     <t>2:19.22</t>
   </si>
   <si>
-    <t>Aleksandr Smirnov</t>
+    <t>Александр Смирнов</t>
   </si>
   <si>
     <t>2:10.99</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:18.01</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:19.95</t>
   </si>
   <si>
-    <t>Ekaterina Kusacheva</t>
+    <t>Екатерина Кусачева</t>
   </si>
   <si>
     <t>2:34.69</t>
   </si>
   <si>
-    <t>Pëtr Yunin</t>
+    <t>Пётр Юнин</t>
   </si>
   <si>
     <t>2:44.22</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
+    <t>Иван Королев</t>
   </si>
   <si>
     <t>3:00.44</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>3:21.10</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>3:22.38</t>
   </si>
   <si>
-    <t>Ekaterina Strushkevich</t>
+    <t>Екатерина Струшкевич</t>
   </si>
   <si>
     <t>3:23.92</t>
   </si>
   <si>
-    <t>Polina Andreeva</t>
+    <t>Полина Андреева</t>
   </si>
   <si>
     <t>3:24.47</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>3:39.50</t>
   </si>
   <si>
-    <t>Ilya Zibarev</t>
+    <t>Илья Зибарев</t>
   </si>
   <si>
     <t>3:42.31</t>
   </si>
   <si>
-    <t>Roman Yermoshkevich</t>
+    <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>3:43.30</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>4:47.22</t>
   </si>
   <si>
-    <t>Adam Mukhametzyanov</t>
-[...74 lines deleted...]
-    <t>Evelina Tagirova</t>
+    <t>Адам Мухаметзянов</t>
+  </si>
+  <si>
+    <t>Александр Ворсин</t>
+  </si>
+  <si>
+    <t>Александр Евдокимов</t>
+  </si>
+  <si>
+    <t>Александр Пекушкин</t>
+  </si>
+  <si>
+    <t>Ангелина Савкина</t>
+  </si>
+  <si>
+    <t>Вадим Затолокин</t>
+  </si>
+  <si>
+    <t>Виктор Иванов</t>
+  </si>
+  <si>
+    <t>Виктор Мукконен</t>
+  </si>
+  <si>
+    <t>Владимир Першин</t>
+  </si>
+  <si>
+    <t>Владислава Шведова</t>
+  </si>
+  <si>
+    <t>Вячеслав Сухарев</t>
+  </si>
+  <si>
+    <t>Даниил Свиридов</t>
+  </si>
+  <si>
+    <t>Данил Глаголев</t>
+  </si>
+  <si>
+    <t>Даниль Хусаинов</t>
+  </si>
+  <si>
+    <t>Дмитрий Самотоенко</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>Константин Макаров</t>
+  </si>
+  <si>
+    <t>Константин Соколов</t>
+  </si>
+  <si>
+    <t>Лев Левенцов</t>
+  </si>
+  <si>
+    <t>Матвей Каблуков</t>
+  </si>
+  <si>
+    <t>Севастьян Белов</t>
+  </si>
+  <si>
+    <t>Семён Гарасим</t>
+  </si>
+  <si>
+    <t>Степан Краюшкин</t>
+  </si>
+  <si>
+    <t>Татьяна Максимова</t>
+  </si>
+  <si>
+    <t>Тимофей Дмитриев</t>
+  </si>
+  <si>
+    <t>Эвелина Тагирова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>