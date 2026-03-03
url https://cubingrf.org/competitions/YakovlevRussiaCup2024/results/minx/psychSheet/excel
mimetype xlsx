--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,68 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
     <t>Михаил Копылов</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
     <t>33.28</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
@@ -194,225 +194,234 @@
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
     <t>Алина Драчук</t>
   </si>
   <si>
     <t>52.35</t>
   </si>
   <si>
     <t>48.92</t>
   </si>
   <si>
+    <t>Данила Рябинин</t>
+  </si>
+  <si>
+    <t>54.45</t>
+  </si>
+  <si>
+    <t>46.65</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
+  </si>
+  <si>
+    <t>54.70</t>
+  </si>
+  <si>
+    <t>45.79</t>
+  </si>
+  <si>
+    <t>Николай Катаев</t>
+  </si>
+  <si>
+    <t>54.86</t>
+  </si>
+  <si>
+    <t>47.59</t>
+  </si>
+  <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>52.50</t>
-[...29 lines deleted...]
-    <t>47.59</t>
+    <t>55.35</t>
+  </si>
+  <si>
+    <t>45.38</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
-    <t>53.20</t>
+    <t>53.35</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>59.53</t>
+  </si>
+  <si>
+    <t>54.15</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>59.56</t>
+  </si>
+  <si>
+    <t>54.60</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>1:00.26</t>
+  </si>
+  <si>
+    <t>58.39</t>
+  </si>
+  <si>
+    <t>Дмитрий Костерев</t>
+  </si>
+  <si>
+    <t>1:01.33</t>
+  </si>
+  <si>
+    <t>54.12</t>
+  </si>
+  <si>
+    <t>Карина Шамова</t>
+  </si>
+  <si>
+    <t>1:02.01</t>
+  </si>
+  <si>
+    <t>59.79</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:02.03</t>
+  </si>
+  <si>
+    <t>54.26</t>
+  </si>
+  <si>
+    <t>Мария Жиц</t>
+  </si>
+  <si>
+    <t>1:03.32</t>
   </si>
   <si>
     <t>Валерий Курбатов</t>
   </si>
   <si>
-    <t>58.67</t>
-[...2 lines deleted...]
-    <t>53.49</t>
+    <t>1:04.21</t>
+  </si>
+  <si>
+    <t>1:00.85</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>1:04.53</t>
+  </si>
+  <si>
+    <t>56.09</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>1:05.90</t>
+  </si>
+  <si>
+    <t>56.62</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>59.37</t>
-[...80 lines deleted...]
-    <t>56.62</t>
+    <t>1:07.49</t>
+  </si>
+  <si>
+    <t>59.76</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
     <t>Константин Васильев</t>
   </si>
   <si>
     <t>1:10.96</t>
   </si>
   <si>
     <t>1:05.24</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Арина Зубова</t>
+  </si>
+  <si>
+    <t>1:11.15</t>
+  </si>
+  <si>
+    <t>1:01.44</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:11.74</t>
   </si>
   <si>
     <t>57.98</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
@@ -422,687 +431,663 @@
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>1:17.29</t>
   </si>
   <si>
-    <t>1:11.68</t>
-[...8 lines deleted...]
-    <t>1:05.64</t>
+    <t>1:05.32</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:19.14</t>
   </si>
   <si>
     <t>1:09.92</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>1:19.93</t>
   </si>
   <si>
     <t>1:12.73</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>Андрей Васёв</t>
   </si>
   <si>
     <t>1:21.03</t>
   </si>
   <si>
     <t>1:16.20</t>
   </si>
   <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>1:21.34</t>
+  </si>
+  <si>
+    <t>1:18.60</t>
+  </si>
+  <si>
+    <t>Дмитрий Саргсян</t>
+  </si>
+  <si>
+    <t>1:21.38</t>
+  </si>
+  <si>
+    <t>1:07.45</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
+  </si>
+  <si>
+    <t>1:24.21</t>
+  </si>
+  <si>
+    <t>1:15.32</t>
+  </si>
+  <si>
+    <t>Александр Герасимов</t>
+  </si>
+  <si>
+    <t>1:24.99</t>
+  </si>
+  <si>
+    <t>1:23.64</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>1:25.78</t>
+  </si>
+  <si>
+    <t>1:18.32</t>
+  </si>
+  <si>
+    <t>Андрей Синицын</t>
+  </si>
+  <si>
+    <t>1:26.29</t>
+  </si>
+  <si>
+    <t>1:16.62</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>1:28.95</t>
+  </si>
+  <si>
+    <t>1:09.50</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>1:29.28</t>
+  </si>
+  <si>
+    <t>1:21.40</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>1:29.40</t>
+  </si>
+  <si>
+    <t>1:14.40</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>1:30.09</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>1:30.52</t>
+  </si>
+  <si>
+    <t>1:16.67</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>1:30.74</t>
+  </si>
+  <si>
+    <t>1:21.43</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>1:31.29</t>
+  </si>
+  <si>
+    <t>1:29.50</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>1:33.34</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>1:35.62</t>
+  </si>
+  <si>
+    <t>1:24.37</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
+  </si>
+  <si>
+    <t>Кирилл Нурмухамедов</t>
+  </si>
+  <si>
+    <t>1:36.32</t>
+  </si>
+  <si>
+    <t>1:30.86</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>1:36.86</t>
+  </si>
+  <si>
+    <t>1:24.90</t>
+  </si>
+  <si>
+    <t>Екатерина Шураева</t>
+  </si>
+  <si>
+    <t>1:40.30</t>
+  </si>
+  <si>
+    <t>1:28.00</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>1:40.82</t>
+  </si>
+  <si>
+    <t>1:24.06</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>1:40.92</t>
+  </si>
+  <si>
+    <t>1:32.51</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>1:41.14</t>
+  </si>
+  <si>
+    <t>1:30.87</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
+  </si>
+  <si>
+    <t>1:41.54</t>
+  </si>
+  <si>
+    <t>1:03.49</t>
+  </si>
+  <si>
+    <t>Родион Першин</t>
+  </si>
+  <si>
+    <t>1:41.63</t>
+  </si>
+  <si>
+    <t>1:32.42</t>
+  </si>
+  <si>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>1:42.76</t>
+  </si>
+  <si>
+    <t>1:29.44</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>1:43.29</t>
+  </si>
+  <si>
+    <t>1:27.25</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>1:43.31</t>
+  </si>
+  <si>
+    <t>1:33.92</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:43.39</t>
+  </si>
+  <si>
+    <t>1:40.74</t>
+  </si>
+  <si>
+    <t>Александр Коротаев</t>
+  </si>
+  <si>
+    <t>1:43.88</t>
+  </si>
+  <si>
+    <t>1:36.00</t>
+  </si>
+  <si>
+    <t>Алексей Ушачев</t>
+  </si>
+  <si>
+    <t>1:44.75</t>
+  </si>
+  <si>
+    <t>1:30.23</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>1:45.48</t>
+  </si>
+  <si>
+    <t>1:35.72</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>1:45.77</t>
+  </si>
+  <si>
+    <t>1:32.62</t>
+  </si>
+  <si>
+    <t>Иван Ковалев</t>
+  </si>
+  <si>
+    <t>1:50.01</t>
+  </si>
+  <si>
+    <t>1:39.46</t>
+  </si>
+  <si>
+    <t>Георгий Голосов</t>
+  </si>
+  <si>
+    <t>1:50.79</t>
+  </si>
+  <si>
+    <t>1:33.37</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>1:51.90</t>
+  </si>
+  <si>
+    <t>1:38.46</t>
+  </si>
+  <si>
+    <t>Иван Лицов</t>
+  </si>
+  <si>
+    <t>1:55.39</t>
+  </si>
+  <si>
+    <t>1:42.63</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>1:58.63</t>
+  </si>
+  <si>
+    <t>1:36.34</t>
+  </si>
+  <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>2:01.44</t>
+  </si>
+  <si>
+    <t>1:44.85</t>
+  </si>
+  <si>
+    <t>Данил Кравченко</t>
+  </si>
+  <si>
+    <t>2:03.43</t>
+  </si>
+  <si>
+    <t>1:51.80</t>
+  </si>
+  <si>
+    <t>Евсей Ионуш</t>
+  </si>
+  <si>
+    <t>2:04.18</t>
+  </si>
+  <si>
+    <t>1:54.68</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>2:10.48</t>
+  </si>
+  <si>
+    <t>1:51.91</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>2:20.71</t>
+  </si>
+  <si>
+    <t>2:04.02</t>
+  </si>
+  <si>
+    <t>Егор Касюк</t>
+  </si>
+  <si>
+    <t>2:20.74</t>
+  </si>
+  <si>
+    <t>2:06.03</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>2:40.44</t>
+  </si>
+  <si>
+    <t>2:09.61</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>2:55.04</t>
+  </si>
+  <si>
+    <t>2:35.02</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>2:10.99</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:18.01</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>2:19.95</t>
+  </si>
+  <si>
+    <t>Екатерина Кусачева</t>
+  </si>
+  <si>
+    <t>2:34.69</t>
+  </si>
+  <si>
+    <t>Полина Андреева</t>
+  </si>
+  <si>
+    <t>2:39.18</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>2:44.22</t>
+  </si>
+  <si>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>3:00.44</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>3:21.10</t>
+  </si>
+  <si>
+    <t>Екатерина Струшкевич</t>
+  </si>
+  <si>
+    <t>3:23.92</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>3:39.50</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>3:42.31</t>
+  </si>
+  <si>
+    <t>Роман Ермошкевич</t>
+  </si>
+  <si>
+    <t>3:43.30</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>4:13.63</t>
+  </si>
+  <si>
+    <t>Ольга Кун</t>
+  </si>
+  <si>
+    <t>4:47.22</t>
+  </si>
+  <si>
+    <t>Адам Мухаметзянов</t>
+  </si>
+  <si>
+    <t>Александр Ворсин</t>
+  </si>
+  <si>
+    <t>Александр Евдокимов</t>
+  </si>
+  <si>
+    <t>Александр Пекушкин</t>
+  </si>
+  <si>
+    <t>Ангелина Савкина</t>
+  </si>
+  <si>
+    <t>Вадим Затолокин</t>
+  </si>
+  <si>
+    <t>Виктор Иванов</t>
+  </si>
+  <si>
+    <t>Виктор Мукконен</t>
+  </si>
+  <si>
+    <t>Владимир Першин</t>
+  </si>
+  <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>1:21.23</t>
-[...416 lines deleted...]
-    <t>2:35.02</t>
+    <t>Владислава Шведова</t>
+  </si>
+  <si>
+    <t>Вячеслав Сухарев</t>
+  </si>
+  <si>
+    <t>Даниил Свиридов</t>
+  </si>
+  <si>
+    <t>Данил Глаголев</t>
+  </si>
+  <si>
+    <t>Даниль Хусаинов</t>
+  </si>
+  <si>
+    <t>Дмитрий Самотоенко</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>Константин Макаров</t>
+  </si>
+  <si>
+    <t>Константин Соколов</t>
+  </si>
+  <si>
+    <t>Лев Левенцов</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
-  </si>
-[...154 lines deleted...]
-    <t>Лев Левенцов</t>
   </si>
   <si>
     <t>Матвей Каблуков</t>
   </si>
   <si>
     <t>Севастьян Белов</t>
   </si>
   <si>
     <t>Семён Гарасим</t>
   </si>
   <si>
     <t>Степан Краюшкин</t>
   </si>
   <si>
     <t>Татьяна Максимова</t>
   </si>
   <si>
     <t>Тимофей Дмитриев</t>
   </si>
   <si>
     <t>Эвелина Тагирова</t>
   </si>
 </sst>
 </file>
 
@@ -1910,79 +1895,79 @@
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
@@ -2830,406 +2815,388 @@
       <c r="D97" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>290</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D98" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>293</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="C99" s="1"/>
+      <c r="D99" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>295</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="C101" s="1"/>
       <c r="D101" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
     </row>
     <row r="114" spans="1:4">
-      <c r="A114">
-[...1 lines deleted...]
-      </c>
       <c r="B114" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C114" s="1"/>
-      <c r="D114" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="115" spans="1:4">
-      <c r="A115">
-[...1 lines deleted...]
-      </c>
       <c r="B115" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C115" s="1"/>
-      <c r="D115" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="116" spans="1:4">
       <c r="B116" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="C116" s="1"/>
     </row>
     <row r="117" spans="1:4">
       <c r="B117" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="C117" s="1"/>
     </row>
     <row r="118" spans="1:4">
       <c r="B118" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="C118" s="1"/>
     </row>
     <row r="119" spans="1:4">
       <c r="B119" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="C119" s="1"/>
     </row>
     <row r="120" spans="1:4">
       <c r="B120" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C120" s="1"/>
     </row>
     <row r="121" spans="1:4">
       <c r="B121" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="C121" s="1"/>
     </row>
     <row r="122" spans="1:4">
       <c r="B122" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="C122" s="1"/>
     </row>
     <row r="123" spans="1:4">
       <c r="B123" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="C123" s="1"/>
     </row>
     <row r="124" spans="1:4">
       <c r="B124" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="C124" s="1"/>
     </row>
     <row r="125" spans="1:4">
       <c r="B125" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C125" s="1"/>
     </row>
     <row r="126" spans="1:4">
       <c r="B126" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C126" s="1"/>
     </row>
     <row r="127" spans="1:4">
       <c r="B127" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="C127" s="1"/>
     </row>
     <row r="128" spans="1:4">
       <c r="B128" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C128" s="1"/>
     </row>
     <row r="129" spans="1:4">
       <c r="B129" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="C129" s="1"/>
     </row>
     <row r="130" spans="1:4">
       <c r="B130" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="C130" s="1"/>
     </row>
     <row r="131" spans="1:4">
       <c r="B131" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C131" s="1"/>
     </row>
     <row r="132" spans="1:4">
       <c r="B132" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="C132" s="1"/>
     </row>
     <row r="133" spans="1:4">
       <c r="B133" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="C133" s="1"/>
     </row>
     <row r="134" spans="1:4">
       <c r="B134" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="C134" s="1"/>
     </row>
     <row r="135" spans="1:4">
       <c r="B135" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="C135" s="1"/>
     </row>
     <row r="136" spans="1:4">
       <c r="B136" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C136" s="1"/>
     </row>
     <row r="137" spans="1:4">
       <c r="B137" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="C137" s="1"/>
     </row>
     <row r="138" spans="1:4">
       <c r="B138" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C138" s="1"/>
     </row>
     <row r="139" spans="1:4">
       <c r="B139" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="C139" s="1"/>
     </row>
     <row r="140" spans="1:4">
       <c r="B140" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="C140" s="1"/>
     </row>
     <row r="141" spans="1:4">
       <c r="B141" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C141" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>