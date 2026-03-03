--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,1616 +12,1622 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="522">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Владимир Филин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Владислав Кожин</t>
+    <t>Artem Kulikov</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
+    <t>1.66</t>
+  </si>
+  <si>
+    <t>Roman Shilov</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.87</t>
+  </si>
+  <si>
+    <t>Nikita Pak</t>
+  </si>
+  <si>
+    <t>3.21</t>
+  </si>
+  <si>
+    <t>1.67</t>
+  </si>
+  <si>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>3.24</t>
+  </si>
+  <si>
+    <t>2.03</t>
+  </si>
+  <si>
+    <t>Vladislav Kozhin</t>
+  </si>
+  <si>
+    <t>3.30</t>
+  </si>
+  <si>
+    <t>1.31</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
+  </si>
+  <si>
+    <t>3.55</t>
+  </si>
+  <si>
+    <t>1.98</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>3.75</t>
+  </si>
+  <si>
+    <t>1.90</t>
+  </si>
+  <si>
+    <t>Maxim Ilin</t>
+  </si>
+  <si>
+    <t>3.82</t>
+  </si>
+  <si>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>Ilya Epifanov</t>
+  </si>
+  <si>
+    <t>3.84</t>
+  </si>
+  <si>
+    <t>2.09</t>
+  </si>
+  <si>
+    <t>Andrey Panov</t>
+  </si>
+  <si>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>2.30</t>
+  </si>
+  <si>
+    <t>Oleg Kremlyov</t>
+  </si>
+  <si>
+    <t>3.89</t>
+  </si>
+  <si>
+    <t>2.24</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
+  </si>
+  <si>
+    <t>3.91</t>
+  </si>
+  <si>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>Aleksandra Lukianova</t>
+  </si>
+  <si>
+    <t>3.97</t>
+  </si>
+  <si>
+    <t>2.36</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
+  </si>
+  <si>
+    <t>3.98</t>
+  </si>
+  <si>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Nikolay Kataev</t>
+  </si>
+  <si>
+    <t>4.01</t>
+  </si>
+  <si>
+    <t>2.53</t>
+  </si>
+  <si>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>4.13</t>
+  </si>
+  <si>
+    <t>2.45</t>
+  </si>
+  <si>
+    <t>Timofey Tereshchenko</t>
+  </si>
+  <si>
+    <t>4.15</t>
+  </si>
+  <si>
+    <t>3.17</t>
+  </si>
+  <si>
+    <t>Kseniya Varfolomeeva</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>2.52</t>
+  </si>
+  <si>
+    <t>Lev Bruskov</t>
+  </si>
+  <si>
+    <t>4.32</t>
+  </si>
+  <si>
+    <t>2.64</t>
+  </si>
+  <si>
+    <t>Darya Belonogova</t>
+  </si>
+  <si>
+    <t>4.35</t>
   </si>
   <si>
     <t>2.93</t>
   </si>
   <si>
-    <t>1.31</t>
-[...182 lines deleted...]
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Степан Мельников</t>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>4.43</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>4.59</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>4.68</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
-    <t>Максим Знаменщиков</t>
+    <t>Maxim Znamenshchikov</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Тимур Иманов</t>
-[...5 lines deleted...]
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>4.86</t>
   </si>
   <si>
     <t>2.05</t>
   </si>
   <si>
-    <t>Карина Шамова</t>
+    <t>Karina Shamova</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Константин Артюшенко</t>
+    <t>Konstantin Artiushenko</t>
   </si>
   <si>
     <t>5.12</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
-    <t>Евгений Киселев</t>
+    <t>Evgeny Kiselyov</t>
   </si>
   <si>
     <t>5.24</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
+    <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Артём Сосновских</t>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Дмитрий Васильев</t>
-[...5 lines deleted...]
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Vasilyev</t>
+  </si>
+  <si>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>3.95</t>
+  </si>
+  <si>
+    <t>Timur Imanov</t>
+  </si>
+  <si>
+    <t>5.47</t>
+  </si>
+  <si>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Максим Демченко</t>
+    <t>Maksim Demchenko</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...5 lines deleted...]
-    <t>Кирилл Ослонов</t>
+    <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
-    <t>Никита Евланов</t>
+    <t>Nikita Yevlanov</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
+    <t>Andrei Maslov</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
-    <t>Александр Герасимов</t>
+    <t>Lev Yakimenko</t>
+  </si>
+  <si>
+    <t>5.95</t>
+  </si>
+  <si>
+    <t>4.23</t>
+  </si>
+  <si>
+    <t>Aleksandr Gerasimov</t>
   </si>
   <si>
     <t>6.02</t>
   </si>
   <si>
     <t>4.45</t>
   </si>
   <si>
-    <t>Дмитрий Саргсян</t>
+    <t>Dmitriy Sargsyan</t>
   </si>
   <si>
     <t>6.03</t>
   </si>
   <si>
     <t>4.07</t>
   </si>
   <si>
-    <t>Никита Брылин</t>
+    <t>Nikita Brylin</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>3.69</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
-[...8 lines deleted...]
-    <t>Дарья Елисеева</t>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>6.10</t>
+  </si>
+  <si>
+    <t>2.96</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...8 lines deleted...]
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Pavel Galaktionov</t>
+  </si>
+  <si>
+    <t>6.34</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
-    <t>Александр Черкасов</t>
+    <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>3.61</t>
   </si>
   <si>
-    <t>Максим Милосердов</t>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Егор Афанасенко</t>
+    <t>Egor Afanasenko</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
     <t>4.31</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>6.77</t>
   </si>
   <si>
     <t>4.57</t>
   </si>
   <si>
-    <t>Александр Минко</t>
+    <t>Vladislav Shurshilin</t>
+  </si>
+  <si>
+    <t>6.86</t>
+  </si>
+  <si>
+    <t>4.30</t>
+  </si>
+  <si>
+    <t>Aleksandr Minko</t>
   </si>
   <si>
     <t>7.03</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
     <t>3.48</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>7.47</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
-    <t>Юрий Рякин</t>
+    <t>Yuri Ryakin</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
-    <t>Лука Лукаш</t>
+    <t>Luka Lukash</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Екатерина Шураева</t>
+    <t>Yekaterina Shurayeva</t>
   </si>
   <si>
     <t>7.60</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Никита Малыхин</t>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>7.72</t>
   </si>
   <si>
     <t>5.65</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
+    <t>5.18</t>
+  </si>
+  <si>
+    <t>Agata Komekova</t>
+  </si>
+  <si>
+    <t>7.88</t>
+  </si>
+  <si>
+    <t>5.01</t>
+  </si>
+  <si>
+    <t>Maksim Bezʺyazykov</t>
+  </si>
+  <si>
+    <t>8.08</t>
+  </si>
+  <si>
+    <t>Vasilii Nikolashin</t>
+  </si>
+  <si>
+    <t>8.24</t>
+  </si>
+  <si>
+    <t>4.66</t>
+  </si>
+  <si>
+    <t>Ivan Domanin</t>
+  </si>
+  <si>
+    <t>8.25</t>
+  </si>
+  <si>
+    <t>5.98</t>
+  </si>
+  <si>
+    <t>Vladimir Kozlov</t>
+  </si>
+  <si>
+    <t>8.28</t>
+  </si>
+  <si>
+    <t>7.02</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
+  </si>
+  <si>
+    <t>8.42</t>
+  </si>
+  <si>
+    <t>5.75</t>
+  </si>
+  <si>
+    <t>Ivan Sidorenko</t>
+  </si>
+  <si>
+    <t>8.67</t>
+  </si>
+  <si>
+    <t>Aleksey Pleshkov</t>
+  </si>
+  <si>
+    <t>8.70</t>
+  </si>
+  <si>
+    <t>5.80</t>
+  </si>
+  <si>
+    <t>Alexey Koritskiy</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>Pëtr Yunin</t>
+  </si>
+  <si>
+    <t>8.73</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Dmitry Rodin</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>4.49</t>
+  </si>
+  <si>
+    <t>Polina Vishnyakova</t>
+  </si>
+  <si>
+    <t>9.03</t>
+  </si>
+  <si>
+    <t>5.13</t>
+  </si>
+  <si>
+    <t>Aleksandr Cheban</t>
+  </si>
+  <si>
+    <t>9.33</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>Yegor Yeremin</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>5.92</t>
+  </si>
+  <si>
+    <t>Dmitriy Bobykin</t>
+  </si>
+  <si>
+    <t>9.76</t>
+  </si>
+  <si>
+    <t>7.73</t>
+  </si>
+  <si>
+    <t>Egor Kasyuk</t>
+  </si>
+  <si>
+    <t>9.85</t>
+  </si>
+  <si>
+    <t>7.28</t>
+  </si>
+  <si>
+    <t>Max Korchagin</t>
+  </si>
+  <si>
+    <t>9.95</t>
+  </si>
+  <si>
+    <t>Elisey Akimenkov</t>
+  </si>
+  <si>
+    <t>10.02</t>
+  </si>
+  <si>
+    <t>7.54</t>
+  </si>
+  <si>
+    <t>Maksim Kabanov</t>
+  </si>
+  <si>
+    <t>10.37</t>
+  </si>
+  <si>
+    <t>6.95</t>
+  </si>
+  <si>
+    <t>Ivan Litsov</t>
+  </si>
+  <si>
+    <t>10.41</t>
+  </si>
+  <si>
+    <t>Nikita Platonov</t>
+  </si>
+  <si>
+    <t>10.49</t>
+  </si>
+  <si>
+    <t>Artemiy Stukarchuk</t>
+  </si>
+  <si>
+    <t>10.51</t>
+  </si>
+  <si>
+    <t>7.10</t>
+  </si>
+  <si>
+    <t>Andrey Radaev</t>
+  </si>
+  <si>
+    <t>11.13</t>
+  </si>
+  <si>
+    <t>8.63</t>
+  </si>
+  <si>
+    <t>Vladimir Shcheglov</t>
+  </si>
+  <si>
+    <t>11.16</t>
+  </si>
+  <si>
+    <t>4.08</t>
+  </si>
+  <si>
+    <t>Ivan Korolev</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>Anastasia Tikhenko</t>
+  </si>
+  <si>
+    <t>11.36</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>Valeriy Kurbatov</t>
+  </si>
+  <si>
+    <t>11.42</t>
+  </si>
+  <si>
+    <t>10.16</t>
+  </si>
+  <si>
+    <t>Nikita Kuznetsov</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>Pavel Mishin</t>
+  </si>
+  <si>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>6.87</t>
+  </si>
+  <si>
+    <t>Roman Fotiev</t>
+  </si>
+  <si>
+    <t>11.81</t>
+  </si>
+  <si>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>Daniil Popov</t>
+  </si>
+  <si>
+    <t>11.89</t>
+  </si>
+  <si>
+    <t>7.58</t>
+  </si>
+  <si>
+    <t>Maksim Deych</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>9.36</t>
+  </si>
+  <si>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>11.98</t>
+  </si>
+  <si>
+    <t>8.33</t>
+  </si>
+  <si>
+    <t>Artëm Senkevich</t>
+  </si>
+  <si>
+    <t>10.34</t>
+  </si>
+  <si>
+    <t>Roman Trofimov</t>
+  </si>
+  <si>
+    <t>12.13</t>
+  </si>
+  <si>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>Danil Glagolev</t>
+  </si>
+  <si>
+    <t>12.18</t>
+  </si>
+  <si>
+    <t>5.96</t>
+  </si>
+  <si>
+    <t>Mikhail Gladchenko</t>
+  </si>
+  <si>
+    <t>12.30</t>
+  </si>
+  <si>
+    <t>9.29</t>
+  </si>
+  <si>
+    <t>Adam Mukhametzyanov</t>
+  </si>
+  <si>
+    <t>12.42</t>
+  </si>
+  <si>
+    <t>Ilya Zibarev</t>
+  </si>
+  <si>
+    <t>12.71</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Konstantin Sokolov</t>
+  </si>
+  <si>
+    <t>12.76</t>
+  </si>
+  <si>
+    <t>10.28</t>
+  </si>
+  <si>
+    <t>Lev Leventsov</t>
+  </si>
+  <si>
+    <t>12.81</t>
+  </si>
+  <si>
+    <t>9.20</t>
+  </si>
+  <si>
+    <t>Andrey Artëmenko</t>
+  </si>
+  <si>
+    <t>13.24</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>Kristina Koroleva</t>
+  </si>
+  <si>
+    <t>13.25</t>
+  </si>
+  <si>
+    <t>Angelina Savkina</t>
+  </si>
+  <si>
+    <t>13.30</t>
+  </si>
+  <si>
+    <t>8.44</t>
+  </si>
+  <si>
+    <t>Maxim Chechnev</t>
+  </si>
+  <si>
+    <t>13.36</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>Timofey Dmitriyev</t>
+  </si>
+  <si>
+    <t>13.46</t>
+  </si>
+  <si>
+    <t>9.44</t>
+  </si>
+  <si>
+    <t>Yegor Zhogin</t>
+  </si>
+  <si>
+    <t>13.55</t>
+  </si>
+  <si>
+    <t>8.16</t>
+  </si>
+  <si>
+    <t>Ivan Nikulin</t>
+  </si>
+  <si>
+    <t>13.70</t>
+  </si>
+  <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Агата Комекова</t>
-[...89 lines deleted...]
-    <t>Валерий Курбатов</t>
+    <t>Miron Golovatyi</t>
+  </si>
+  <si>
+    <t>13.74</t>
+  </si>
+  <si>
+    <t>10.32</t>
+  </si>
+  <si>
+    <t>Vasiliy Bagayev</t>
+  </si>
+  <si>
+    <t>14.01</t>
+  </si>
+  <si>
+    <t>8.02</t>
+  </si>
+  <si>
+    <t>Evelina Tagirova</t>
+  </si>
+  <si>
+    <t>14.08</t>
+  </si>
+  <si>
+    <t>Aleksey Berezhnov</t>
+  </si>
+  <si>
+    <t>14.10</t>
+  </si>
+  <si>
+    <t>9.15</t>
+  </si>
+  <si>
+    <t>Viktor Mukkonen</t>
+  </si>
+  <si>
+    <t>14.11</t>
+  </si>
+  <si>
+    <t>7.33</t>
+  </si>
+  <si>
+    <t>Lev Kopylov</t>
+  </si>
+  <si>
+    <t>14.32</t>
+  </si>
+  <si>
+    <t>Stepan Krayushkin</t>
+  </si>
+  <si>
+    <t>14.45</t>
+  </si>
+  <si>
+    <t>6.00</t>
+  </si>
+  <si>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>14.62</t>
+  </si>
+  <si>
+    <t>9.49</t>
+  </si>
+  <si>
+    <t>Semion Garasim</t>
+  </si>
+  <si>
+    <t>15.23</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
+    <t>Leonid Tarasenko</t>
+  </si>
+  <si>
+    <t>15.36</t>
+  </si>
+  <si>
+    <t>Ivan Shinkin</t>
+  </si>
+  <si>
+    <t>15.72</t>
+  </si>
+  <si>
+    <t>7.00</t>
+  </si>
+  <si>
+    <t>Nikolay Kurbatov</t>
+  </si>
+  <si>
+    <t>15.89</t>
+  </si>
+  <si>
+    <t>13.05</t>
+  </si>
+  <si>
+    <t>Aleksandr Korev</t>
+  </si>
+  <si>
+    <t>16.29</t>
+  </si>
+  <si>
+    <t>8.27</t>
+  </si>
+  <si>
+    <t>Evgeniy Ershov</t>
+  </si>
+  <si>
+    <t>16.55</t>
+  </si>
+  <si>
+    <t>6.78</t>
+  </si>
+  <si>
+    <t>Natalʹya Zhukova</t>
+  </si>
+  <si>
+    <t>17.63</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>Maksim Pestov</t>
+  </si>
+  <si>
+    <t>17.70</t>
+  </si>
+  <si>
+    <t>9.46</t>
+  </si>
+  <si>
+    <t>Viktor Ivanov</t>
+  </si>
+  <si>
+    <t>18.02</t>
+  </si>
+  <si>
+    <t>9.96</t>
+  </si>
+  <si>
+    <t>Andrey Vasëv</t>
+  </si>
+  <si>
+    <t>18.08</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>Yaroslav Ulyukayev</t>
+  </si>
+  <si>
+    <t>18.75</t>
+  </si>
+  <si>
+    <t>12.69</t>
+  </si>
+  <si>
+    <t>Arsenii Umarov</t>
+  </si>
+  <si>
+    <t>19.28</t>
+  </si>
+  <si>
+    <t>9.61</t>
+  </si>
+  <si>
+    <t>Arina Zubova</t>
+  </si>
+  <si>
+    <t>19.49</t>
   </si>
   <si>
     <t>8.83</t>
   </si>
   <si>
-    <t>6.45</t>
-[...500 lines deleted...]
-    <t>Екатерина Струшкевич</t>
+    <t>Ekaterina Strushkevich</t>
   </si>
   <si>
     <t>19.83</t>
   </si>
   <si>
     <t>17.14</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
+    <t>Aleksandr Smirnov</t>
   </si>
   <si>
     <t>20.14</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
-    <t>Владимир Першин</t>
+    <t>Anastasia Gubanova</t>
+  </si>
+  <si>
+    <t>20.18</t>
+  </si>
+  <si>
+    <t>11.30</t>
+  </si>
+  <si>
+    <t>Vladimir Pershin</t>
   </si>
   <si>
     <t>20.23</t>
   </si>
   <si>
-    <t>11.42</t>
-[...2 lines deleted...]
-    <t>Пётр Ануков</t>
+    <t>Pëtr Anukov</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>8.54</t>
   </si>
   <si>
-    <t>Ольга Кун</t>
+    <t>Olʹga Kun</t>
   </si>
   <si>
     <t>20.53</t>
   </si>
   <si>
     <t>15.07</t>
   </si>
   <si>
-    <t>Дмитрий Самотоенко</t>
+    <t>Dmitriy Samotoenko</t>
   </si>
   <si>
     <t>20.94</t>
   </si>
   <si>
     <t>15.17</t>
   </si>
   <si>
-    <t>Валерия Керимова</t>
+    <t>Valeriya Kerimova</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
-    <t>Юрий Коновалов</t>
-[...8 lines deleted...]
-    <t>Вячеслав Сухарев</t>
+    <t>Vyacheslav Suharev</t>
   </si>
   <si>
     <t>22.56</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
-    <t>Екатерина Кусачева</t>
+    <t>Ekaterina Kusacheva</t>
   </si>
   <si>
     <t>22.81</t>
   </si>
   <si>
     <t>10.14</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>24.13</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
-    <t>Александр Евдокимов</t>
+    <t>Aleksandr Evdokimov</t>
   </si>
   <si>
     <t>24.85</t>
   </si>
   <si>
     <t>17.01</t>
   </si>
   <si>
-    <t>Константин Макаров</t>
+    <t>Konstantin Makarov</t>
   </si>
   <si>
     <t>25.72</t>
   </si>
   <si>
     <t>22.02</t>
   </si>
   <si>
-    <t>Полина Андреева</t>
+    <t>Polina Andreeva</t>
   </si>
   <si>
     <t>26.61</t>
   </si>
   <si>
     <t>15.68</t>
   </si>
   <si>
-    <t>Георгий Макаров</t>
+    <t>Georgiy Makarov</t>
   </si>
   <si>
     <t>27.63</t>
   </si>
   <si>
     <t>12.27</t>
   </si>
   <si>
-    <t>Андрей Марков</t>
+    <t>Andrey Markov</t>
   </si>
   <si>
     <t>28.01</t>
   </si>
   <si>
     <t>17.67</t>
   </si>
   <si>
-    <t>Анна Новосад</t>
+    <t>Anna Novosad</t>
   </si>
   <si>
     <t>28.05</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
-    <t>Александр Пекушкин</t>
+    <t>Aleksandr Pekushkin</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
     <t>21.78</t>
   </si>
   <si>
-    <t>Лукерья Лаврентьева</t>
+    <t>Lukerʹya Lavrentʹyeva</t>
   </si>
   <si>
     <t>30.28</t>
   </si>
   <si>
     <t>23.56</t>
   </si>
   <si>
-    <t>Потап Мишаев</t>
+    <t>Potap Mishaev</t>
   </si>
   <si>
     <t>31.75</t>
   </si>
   <si>
     <t>24.19</t>
   </si>
   <si>
-    <t>Таисия Семенихина</t>
+    <t>Taisiya Semenikhina</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
-    <t>Петр Никулин</t>
+    <t>Petr Nikulin</t>
   </si>
   <si>
     <t>32.71</t>
   </si>
   <si>
     <t>14.28</t>
   </si>
   <si>
-    <t>Антонина Андреева</t>
+    <t>Antonina Andreeva</t>
   </si>
   <si>
     <t>34.49</t>
   </si>
   <si>
-    <t>Семён Разумовский</t>
+    <t>Semyon Razumovsky</t>
   </si>
   <si>
     <t>34.57</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
-    <t>Михаил Степанов</t>
+    <t>Mikhail Stepanov</t>
   </si>
   <si>
     <t>35.67</t>
   </si>
   <si>
     <t>26.75</t>
   </si>
   <si>
-    <t>Максим Сергеев</t>
+    <t>Maksim Sergeev</t>
   </si>
   <si>
     <t>39.26</t>
   </si>
   <si>
     <t>22.57</t>
   </si>
   <si>
-    <t>Елена Соловьёва</t>
+    <t>Yuri Konovalov</t>
+  </si>
+  <si>
+    <t>42.18</t>
+  </si>
+  <si>
+    <t>23.50</t>
+  </si>
+  <si>
+    <t>Elena Soloveva</t>
   </si>
   <si>
     <t>51.80</t>
   </si>
   <si>
     <t>34.76</t>
   </si>
   <si>
-    <t>Александр Ворсин</t>
-[...23 lines deleted...]
-    <t>Севастьян Белов</t>
+    <t>Aleksandr Vorsin</t>
+  </si>
+  <si>
+    <t>Aleksandr Korotayev</t>
+  </si>
+  <si>
+    <t>Albert Kocharov</t>
+  </si>
+  <si>
+    <t>Vadim Zatolokin</t>
+  </si>
+  <si>
+    <t>Vladislava Shvedova</t>
+  </si>
+  <si>
+    <t>Danil Kravchenko</t>
+  </si>
+  <si>
+    <t>Diana Lukinova</t>
+  </si>
+  <si>
+    <t>Dmitriy Salkin</t>
+  </si>
+  <si>
+    <t>Dmitriy Streshinskiy</t>
+  </si>
+  <si>
+    <t>Sevastyan Belov</t>
+  </si>
+  <si>
+    <t>Stepan Blagoveshchenskiy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1944,53 +1950,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C191" sqref="C191"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -2282,2316 +2288,2300 @@
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>57</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D41" t="s">
-        <v>118</v>
+        <v>54</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D42" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D43" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>126</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D46" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D47" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D48" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D49" t="s">
-        <v>69</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D50" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D51" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D52" t="s">
-        <v>93</v>
+        <v>149</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D54" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D55" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D56" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D57" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D58" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D59" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D60" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D61" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D62" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D64" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D65" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D66" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D67" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D69" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D70" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D71" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D72" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D73" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D74" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D75" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D76" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D77" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D78" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D79" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D80" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D81" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D82" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D83" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D84" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D85" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D86" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D87" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D88" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D89" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D90" t="s">
-        <v>254</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D91" t="s">
-        <v>83</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D92" t="s">
-        <v>259</v>
+        <v>115</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D93" t="s">
-        <v>117</v>
+        <v>265</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D94" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D95" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D96" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D97" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D98" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D99" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D100" t="s">
-        <v>282</v>
+        <v>226</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D101" t="s">
-        <v>222</v>
+        <v>288</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D102" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D103" t="s">
-        <v>290</v>
+        <v>218</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D104" t="s">
-        <v>293</v>
+        <v>254</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D105" t="s">
-        <v>214</v>
+        <v>298</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D106" t="s">
-        <v>250</v>
+        <v>301</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D107" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D108" t="s">
-        <v>303</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D109" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D110" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D111" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D112" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="D113" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D114" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D115" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D116" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D117" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D118" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D119" t="s">
-        <v>196</v>
+        <v>337</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D120" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D121" t="s">
-        <v>339</v>
+        <v>172</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D122" t="s">
-        <v>171</v>
+        <v>345</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D123" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D124" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="D125" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="D126" t="s">
-        <v>353</v>
+        <v>211</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D127" t="s">
-        <v>207</v>
+        <v>359</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="D128" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D129" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D130" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D131" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D132" t="s">
-        <v>234</v>
+        <v>374</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D133" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="D134" t="s">
-        <v>375</v>
+        <v>98</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D135" t="s">
-        <v>100</v>
+        <v>382</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="D136" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="D137" t="s">
-        <v>383</v>
+        <v>143</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D138" t="s">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="D139" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D140" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D141" t="s">
-        <v>394</v>
+        <v>319</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D142" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D143" t="s">
-        <v>247</v>
+        <v>404</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D144" t="s">
-        <v>316</v>
+        <v>407</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="D145" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="D146" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="D147" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="D148" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="D149" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="D150" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="D151" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="D152" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="D153" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="D154" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="D155" t="s">
-        <v>266</v>
+        <v>440</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="D156" t="s">
-        <v>436</v>
+        <v>311</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D157" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="D158" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="D159" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="D160" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="D161" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="D162" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="D163" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="D164" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D165" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="D166" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="D167" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="D168" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="D169" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="D170" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="D171" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="D172" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="D173" t="s">
-        <v>487</v>
+        <v>453</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D174" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="D175" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="D176" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="D177" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D178" t="s">
-        <v>487</v>
+        <v>506</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="D179" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="D180" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
     </row>
     <row r="181" spans="1:4">
-      <c r="A181">
-[...1 lines deleted...]
-      </c>
       <c r="B181" t="s">
-        <v>507</v>
-[...6 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="C181" s="1"/>
     </row>
     <row r="182" spans="1:4">
-      <c r="A182">
-[...1 lines deleted...]
-      </c>
       <c r="B182" t="s">
-        <v>510</v>
-[...6 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="C182" s="1"/>
     </row>
     <row r="183" spans="1:4">
       <c r="B183" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C183" s="1"/>
     </row>
     <row r="184" spans="1:4">
       <c r="B184" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C184" s="1"/>
     </row>
     <row r="185" spans="1:4">
       <c r="B185" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C185" s="1"/>
     </row>
     <row r="186" spans="1:4">
       <c r="B186" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C186" s="1"/>
     </row>
     <row r="187" spans="1:4">
       <c r="B187" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C187" s="1"/>
     </row>
     <row r="188" spans="1:4">
       <c r="B188" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C188" s="1"/>
     </row>
     <row r="189" spans="1:4">
       <c r="B189" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C189" s="1"/>
     </row>
     <row r="190" spans="1:4">
       <c r="B190" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C190" s="1"/>
     </row>
     <row r="191" spans="1:4">
       <c r="B191" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C191" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>