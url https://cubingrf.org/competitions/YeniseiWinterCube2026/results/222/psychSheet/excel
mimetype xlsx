--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -17,351 +17,351 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Platon Kabakov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
-    <t>Dmitriy Shevchenko</t>
+    <t>Дмитрий Шевченко</t>
   </si>
   <si>
     <t>2.02</t>
   </si>
   <si>
     <t>1.16</t>
   </si>
   <si>
-    <t>Maxim Brednev</t>
+    <t>Максим Бреднев</t>
   </si>
   <si>
     <t>3.00</t>
   </si>
   <si>
-    <t>1.97</t>
-[...2 lines deleted...]
-    <t>Nikolai Kuzin</t>
+    <t>2.44</t>
+  </si>
+  <si>
+    <t>Николай Кузин</t>
   </si>
   <si>
     <t>3.34</t>
   </si>
   <si>
-    <t>2.38</t>
-[...2 lines deleted...]
-    <t>Andrey Andreyev</t>
+    <t>2.89</t>
+  </si>
+  <si>
+    <t>Андрей Андреев</t>
   </si>
   <si>
     <t>4.08</t>
   </si>
   <si>
     <t>1.92</t>
   </si>
   <si>
-    <t>Bair Yeshiyev</t>
+    <t>Баир Ешиев</t>
   </si>
   <si>
     <t>4.28</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>4.36</t>
   </si>
   <si>
     <t>3.07</t>
   </si>
   <si>
-    <t>Tsyden Kharmakshanov</t>
+    <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
     <t>4.18</t>
   </si>
   <si>
-    <t>Bair Pavlov</t>
+    <t>Баир Павлов</t>
   </si>
   <si>
     <t>5.37</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
-    <t>Ekaterina Alexandrova</t>
+    <t>Екатерина Александрова</t>
   </si>
   <si>
     <t>5.86</t>
   </si>
   <si>
-    <t>4.95</t>
-[...2 lines deleted...]
-    <t>Alexandr Khudakov</t>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>Александр Худаков</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>4.50</t>
   </si>
   <si>
-    <t>Misha Tarasov</t>
+    <t>Миша Тарасов</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>6.84</t>
   </si>
   <si>
-    <t>Rodion Solodovnikov</t>
+    <t>Родион Солодовников</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
     <t>5.64</t>
   </si>
   <si>
-    <t>Arseniy Asmus</t>
+    <t>Арсений Асмус</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
-    <t>Ilya Dolgov</t>
+    <t>Илья Долгов</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>4.72</t>
   </si>
   <si>
-    <t>Dmitry Sukhoroslov</t>
+    <t>Дмитрий Сухорослов</t>
   </si>
   <si>
     <t>9.11</t>
   </si>
   <si>
     <t>4.76</t>
   </si>
   <si>
-    <t>Sergey Tarasov</t>
+    <t>Сергей Тарасов</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
-    <t>Matvey Terskiy</t>
+    <t>Матвей Терский</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
     <t>6.77</t>
   </si>
   <si>
-    <t>Alexander Shiryaev</t>
+    <t>Александр Ширяев</t>
   </si>
   <si>
     <t>11.43</t>
   </si>
   <si>
     <t>8.06</t>
   </si>
   <si>
-    <t>Andrei Ivanov</t>
+    <t>Андрей Иванов</t>
   </si>
   <si>
     <t>12.94</t>
   </si>
   <si>
     <t>7.90</t>
   </si>
   <si>
-    <t>Elena Guseva</t>
+    <t>Елена Гусева</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>5.73</t>
   </si>
   <si>
-    <t>Artur Terskih</t>
+    <t>Артур Терских</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>16.03</t>
   </si>
   <si>
-    <t>Mikhail Kamannikov</t>
+    <t>Михаил Каманников</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
-    <t>Dmitriy Bolshakov</t>
+    <t>Дмитрий Большаков</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
-    <t>Dmitriy Semchenko</t>
+    <t>Дмитрий Семченко</t>
   </si>
   <si>
     <t>21.26</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
-    <t>Arina Tyumentseva</t>
+    <t>Арина Тюменцева</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>18.70</t>
   </si>
   <si>
-    <t>Arseniy Golovkin</t>
+    <t>Арсений Головкин</t>
   </si>
   <si>
     <t>22.16</t>
   </si>
   <si>
     <t>18.41</t>
   </si>
   <si>
-    <t>Boris Mihneev</t>
+    <t>Борис Михнеев</t>
   </si>
   <si>
     <t>26.92</t>
   </si>
   <si>
     <t>18.61</t>
   </si>
   <si>
-    <t>Igor Makarov</t>
+    <t>Игорь Макаров</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>24.10</t>
   </si>
   <si>
-    <t>Danil Malyshev</t>
+    <t>Данил Малышев</t>
   </si>
   <si>
     <t>34.91</t>
   </si>
   <si>
     <t>14.84</t>
   </si>
   <si>
-    <t>Dmitriy Krasnikov</t>
+    <t>Дмитрий Красников</t>
   </si>
   <si>
     <t>39.83</t>
   </si>
   <si>
     <t>28.70</t>
   </si>
   <si>
-    <t>Dmitri Usik</t>
+    <t>Дмитрий Усик</t>
   </si>
   <si>
     <t>42.26</t>
   </si>
   <si>
     <t>23.77</t>
   </si>
   <si>
-    <t>Artur Blednov</t>
+    <t>Артур Бледнов</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
-    <t>Evgeniy Oparin</t>
+    <t>Евгений Опарин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -684,53 +684,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>