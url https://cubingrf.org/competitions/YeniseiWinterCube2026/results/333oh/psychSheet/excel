--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -26,120 +26,120 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Вадим Зимин</t>
+  </si>
+  <si>
+    <t>14.19</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>14.16</t>
+    <t>14.21</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Вадим Зимин</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Кузин</t>
   </si>
   <si>
-    <t>16.08</t>
+    <t>16.66</t>
   </si>
   <si>
     <t>14.52</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>20.03</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>Андрей Андреев</t>
   </si>
   <si>
     <t>22.89</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>Александр Худаков</t>
   </si>
   <si>
     <t>27.48</t>
   </si>
   <si>
     <t>23.44</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
     <t>27.74</t>
   </si>
   <si>
-    <t>21.82</t>
+    <t>22.15</t>
   </si>
   <si>
     <t>Баир Ешиев</t>
   </si>
   <si>
     <t>29.04</t>
   </si>
   <si>
     <t>22.91</t>
   </si>
   <si>
     <t>Баир Павлов</t>
   </si>
   <si>
     <t>36.79</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>Никита Янукович</t>
   </si>
   <si>
     <t>37.28</t>
   </si>