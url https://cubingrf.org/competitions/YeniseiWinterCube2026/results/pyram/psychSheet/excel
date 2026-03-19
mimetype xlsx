--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -12,125 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
-    <t>2.57</t>
-[...2 lines deleted...]
-    <t>2.05</t>
+    <t>3.34</t>
+  </si>
+  <si>
+    <t>2.29</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>Дмитрий Шевченко</t>
   </si>
   <si>
-    <t>4.70</t>
-[...2 lines deleted...]
-    <t>2.62</t>
+    <t>5.00</t>
+  </si>
+  <si>
+    <t>3.41</t>
   </si>
   <si>
     <t>Николай Кузин</t>
   </si>
   <si>
-    <t>4.76</t>
-[...2 lines deleted...]
-    <t>3.03</t>
+    <t>6.25</t>
+  </si>
+  <si>
+    <t>4.05</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.81</t>
   </si>
   <si>
     <t>Цыден Хармакшанов</t>
   </si>
   <si>
     <t>7.30</t>
   </si>
   <si>
     <t>6.70</t>
   </si>
   <si>
     <t>Александр Худаков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>6.00</t>
+    <t>6.09</t>
   </si>
   <si>
     <t>Никита Янукович</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>Екатерина Александрова</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>6.14</t>
   </si>
   <si>
     <t>Баир Ешиев</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
@@ -206,99 +206,102 @@
   <si>
     <t>16.72</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>Миша Тарасов</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>12.73</t>
   </si>
   <si>
     <t>Андрей Иванов</t>
   </si>
   <si>
     <t>17.27</t>
   </si>
   <si>
     <t>14.79</t>
   </si>
   <si>
+    <t>Андрей Андреев</t>
+  </si>
+  <si>
+    <t>19.12</t>
+  </si>
+  <si>
+    <t>13.65</t>
+  </si>
+  <si>
     <t>Сергей Тарасов</t>
   </si>
   <si>
-    <t>18.80</t>
-[...11 lines deleted...]
-    <t>13.65</t>
+    <t>20.34</t>
+  </si>
+  <si>
+    <t>17.79</t>
   </si>
   <si>
     <t>Илья Долгов</t>
   </si>
   <si>
     <t>21.44</t>
   </si>
   <si>
     <t>12.56</t>
   </si>
   <si>
     <t>Анастасия Комарова</t>
   </si>
   <si>
     <t>22.20</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
     <t>Артур Терских</t>
   </si>
   <si>
     <t>25.24</t>
   </si>
   <si>
     <t>20.88</t>
   </si>
   <si>
     <t>Дмитрий Большаков</t>
   </si>
   <si>
     <t>25.98</t>
+  </si>
+  <si>
+    <t>18.81</t>
   </si>
   <si>
     <t>Игорь Макаров</t>
   </si>
   <si>
     <t>27.12</t>
   </si>
   <si>
     <t>20.23</t>
   </si>
   <si>
     <t>Борис Михнеев</t>
   </si>
   <si>
     <t>Евгений Опарин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1016,76 +1019,76 @@
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1"/>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>