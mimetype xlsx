--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,186 +38,186 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
     <t>0.99</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>2.52</t>
+    <t>2.48</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>2.81</t>
   </si>
   <si>
     <t>1.21</t>
   </si>
   <si>
     <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
     <t>2.29</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
-    <t>2.06</t>
+    <t>2.41</t>
   </si>
   <si>
     <t>Фёдор Тарасов</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
-    <t>2.07</t>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>Павел Ли</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
+    <t>Фёдор Хохряков</t>
+  </si>
+  <si>
+    <t>4.85</t>
+  </si>
+  <si>
+    <t>Даниил Лобастов</t>
+  </si>
+  <si>
+    <t>5.47</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Иван Иголкин</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.97</t>
   </si>
   <si>
     <t>Лев Смирнов</t>
   </si>
   <si>
-    <t>4.66</t>
-[...35 lines deleted...]
-    <t>4.97</t>
+    <t>7.08</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>Владислав Степанов</t>
+  </si>
+  <si>
+    <t>7.43</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>Николай Безденежных</t>
+  </si>
+  <si>
+    <t>7.59</t>
+  </si>
+  <si>
+    <t>3.84</t>
   </si>
   <si>
     <t>Ростислав Вотинцев</t>
   </si>
   <si>
-    <t>6.84</t>
-[...20 lines deleted...]
-    <t>3.84</t>
+    <t>7.76</t>
+  </si>
+  <si>
+    <t>5.23</t>
+  </si>
+  <si>
+    <t>Артур Сидоров</t>
+  </si>
+  <si>
+    <t>10.15</t>
+  </si>
+  <si>
+    <t>6.37</t>
   </si>
   <si>
     <t>Андрей Разживин</t>
   </si>
   <si>
-    <t>8.69</t>
-[...11 lines deleted...]
-    <t>6.37</t>
+    <t>11.35</t>
+  </si>
+  <si>
+    <t>6.81</t>
   </si>
   <si>
     <t>Карина Саргсян</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
     <t>Михаил Ермолаев</t>
   </si>
   <si>
     <t>14.06</t>
   </si>
   <si>
     <t>12.21</t>
   </si>
   <si>
     <t>Аяз Закиев</t>
   </si>
   <si>
     <t>14.46</t>
   </si>
@@ -709,65 +709,65 @@
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>