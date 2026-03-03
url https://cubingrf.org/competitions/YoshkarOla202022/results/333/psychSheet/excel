--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>8.37</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
     <t>Дмитрий Саргсян</t>
   </si>
@@ -101,96 +101,96 @@
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
     <t>Павел Ли</t>
   </si>
   <si>
     <t>14.96</t>
   </si>
   <si>
     <t>12.16</t>
   </si>
   <si>
     <t>Фёдор Хохряков</t>
   </si>
   <si>
     <t>15.20</t>
   </si>
   <si>
-    <t>12.79</t>
+    <t>13.05</t>
   </si>
   <si>
     <t>Даниил Лобастов</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>12.82</t>
   </si>
   <si>
+    <t>Андрей Куприянов</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>15.44</t>
+  </si>
+  <si>
     <t>Лев Смирнов</t>
   </si>
   <si>
+    <t>18.05</t>
+  </si>
+  <si>
     <t>15.79</t>
   </si>
   <si>
-    <t>13.97</t>
-[...8 lines deleted...]
-    <t>15.44</t>
+    <t>Андрей Разживин</t>
+  </si>
+  <si>
+    <t>23.01</t>
+  </si>
+  <si>
+    <t>19.58</t>
   </si>
   <si>
     <t>Ростислав Вотинцев</t>
   </si>
   <si>
-    <t>18.43</t>
-[...11 lines deleted...]
-    <t>18.38</t>
+    <t>23.06</t>
+  </si>
+  <si>
+    <t>19.24</t>
   </si>
   <si>
     <t>Николай Безденежных</t>
   </si>
   <si>
     <t>23.79</t>
   </si>
   <si>
     <t>19.64</t>
   </si>
   <si>
     <t>Иван Иголкин</t>
   </si>
   <si>
     <t>28.11</t>
   </si>
   <si>
     <t>23.26</t>
   </si>
   <si>
     <t>Владислав Степанов</t>
   </si>
   <si>
     <t>29.96</t>
   </si>