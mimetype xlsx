--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -17,219 +17,219 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Dmitry Vasilyev</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>1.69</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
     <t>2.23</t>
   </si>
   <si>
-    <t>Fedor Khokhryakov</t>
+    <t>Фёдор Хохряков</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
-    <t>Dmitriy Sargsyan</t>
+    <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>4.54</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
     <t>3.09</t>
   </si>
   <si>
-    <t>Daniil Lobastov</t>
+    <t>Даниил Лобастов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>3.35</t>
   </si>
   <si>
-    <t>Lev Smirnov</t>
+    <t>Лев Смирнов</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
     <t>3.54</t>
   </si>
   <si>
-    <t>Fedor Tarasov</t>
+    <t>Фёдор Тарасов</t>
   </si>
   <si>
     <t>5.91</t>
   </si>
   <si>
     <t>4.42</t>
   </si>
   <si>
-    <t>Rostislav Votinsev</t>
+    <t>Ростислав Вотинцев</t>
   </si>
   <si>
     <t>7.02</t>
   </si>
   <si>
     <t>5.37</t>
   </si>
   <si>
-    <t>Andrey Kupriyanov</t>
+    <t>Андрей Куприянов</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.24</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>9.54</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
-    <t>Nikolay Bezdenezhnykh</t>
+    <t>Николай Безденежных</t>
   </si>
   <si>
     <t>10.44</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
-    <t>Andrey Razzhivin</t>
+    <t>Андрей Разживин</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Pavel Li</t>
+    <t>Павел Ли</t>
   </si>
   <si>
     <t>13.42</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
-    <t>Mikhail Yermolayev</t>
+    <t>Михаил Ермолаев</t>
   </si>
   <si>
     <t>18.51</t>
   </si>
   <si>
     <t>15.92</t>
   </si>
   <si>
-    <t>Bulat Mukhametzyanov</t>
+    <t>Булат Мухаметзянов</t>
   </si>
   <si>
     <t>20.07</t>
   </si>
   <si>
     <t>15.11</t>
   </si>
   <si>
-    <t>Artur Sidorov</t>
+    <t>Артур Сидоров</t>
   </si>
   <si>
     <t>21.13</t>
   </si>
   <si>
     <t>13.34</t>
   </si>
   <si>
-    <t>Ivan Igolkin</t>
+    <t>Иван Иголкин</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
     <t>13.63</t>
   </si>
   <si>
-    <t>Karina Sargsyan</t>
+    <t>Карина Саргсян</t>
   </si>
   <si>
     <t>26.30</t>
   </si>
   <si>
     <t>14.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -558,53 +558,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>