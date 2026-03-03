--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -26,162 +26,162 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Васильев</t>
+  </si>
+  <si>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>2.23</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...11 lines deleted...]
-    <t>2.23</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
   </si>
   <si>
     <t>Фёдор Хохряков</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
     <t>Дмитрий Саргсян</t>
   </si>
   <si>
     <t>4.54</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
     <t>3.09</t>
   </si>
   <si>
     <t>Даниил Лобастов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>3.35</t>
   </si>
   <si>
+    <t>Фёдор Тарасов</t>
+  </si>
+  <si>
+    <t>5.91</t>
+  </si>
+  <si>
+    <t>4.42</t>
+  </si>
+  <si>
+    <t>Андрей Куприянов</t>
+  </si>
+  <si>
+    <t>7.46</t>
+  </si>
+  <si>
+    <t>5.17</t>
+  </si>
+  <si>
+    <t>Ростислав Вотинцев</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
+    <t>6.62</t>
+  </si>
+  <si>
     <t>Лев Смирнов</t>
   </si>
   <si>
-    <t>4.88</t>
-[...29 lines deleted...]
-    <t>3.24</t>
+    <t>9.15</t>
+  </si>
+  <si>
+    <t>6.04</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>9.54</t>
   </si>
   <si>
-    <t>5.60</t>
+    <t>5.97</t>
   </si>
   <si>
     <t>Николай Безденежных</t>
   </si>
   <si>
     <t>10.44</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
     <t>Андрей Разживин</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
-    <t>8.58</t>
+    <t>9.69</t>
   </si>
   <si>
     <t>Павел Ли</t>
   </si>
   <si>
     <t>13.42</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
     <t>Михаил Ермолаев</t>
   </si>
   <si>
     <t>18.51</t>
   </si>
   <si>
     <t>15.92</t>
   </si>
   <si>
     <t>Булат Мухаметзянов</t>
   </si>
   <si>
     <t>20.07</t>
   </si>
@@ -630,51 +630,51 @@
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>