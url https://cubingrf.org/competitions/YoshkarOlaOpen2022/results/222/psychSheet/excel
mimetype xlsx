--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,255 +17,255 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>1.30</t>
+  </si>
+  <si>
+    <t>0.78</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
     <t>0.81</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
     <t>0.99</t>
   </si>
   <si>
-    <t>Vladimir Fedorov</t>
-[...17 lines deleted...]
-    <t>Karina Shamova</t>
+    <t>Владимир Фёдоров</t>
+  </si>
+  <si>
+    <t>2.67</t>
+  </si>
+  <si>
+    <t>1.56</t>
+  </si>
+  <si>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>3.05</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
-    <t>Mikhail Glazov</t>
+    <t>Михаил Глазов</t>
   </si>
   <si>
     <t>3.33</t>
   </si>
   <si>
-    <t>1.78</t>
-[...2 lines deleted...]
-    <t>Artur Chechekhin</t>
+    <t>2.82</t>
+  </si>
+  <si>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
-    <t>2.06</t>
-[...2 lines deleted...]
-    <t>Ivan Karasev</t>
+    <t>2.41</t>
+  </si>
+  <si>
+    <t>Иван Карасёв</t>
   </si>
   <si>
     <t>3.54</t>
   </si>
   <si>
     <t>2.85</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Павел Месяцев</t>
+  </si>
+  <si>
+    <t>3.55</t>
+  </si>
+  <si>
+    <t>2.46</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>4.28</t>
   </si>
   <si>
     <t>2.89</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>4.35</t>
   </si>
   <si>
-    <t>2.37</t>
-[...20 lines deleted...]
-    <t>Adelʹ Saverʹyanov</t>
+    <t>2.70</t>
+  </si>
+  <si>
+    <t>Даниил Лобастов</t>
+  </si>
+  <si>
+    <t>5.47</t>
+  </si>
+  <si>
+    <t>3.43</t>
+  </si>
+  <si>
+    <t>Адель Саверьянов</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
-    <t>Sengge Mutulov</t>
+    <t>Сенгге Мутулов</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>Andrey Gerasimov</t>
+    <t>Лев Смирнов</t>
+  </si>
+  <si>
+    <t>7.08</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>Андрей Герасимов</t>
   </si>
   <si>
     <t>7.30</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>Ivan Tonushkin</t>
+    <t>Иван Тонушкин</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
     <t>4.64</t>
   </si>
   <si>
-    <t>Liubov Abashkina</t>
+    <t>Любовь Абашкина</t>
   </si>
   <si>
     <t>8.50</t>
   </si>
   <si>
     <t>6.97</t>
   </si>
   <si>
-    <t>Aleksandra Golovanëva</t>
+    <t>Александра Голованёва</t>
   </si>
   <si>
     <t>12.44</t>
   </si>
   <si>
     <t>8.09</t>
   </si>
   <si>
-    <t>Danila Chepaykin</t>
+    <t>Данила Чепайкин</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>9.64</t>
   </si>
   <si>
-    <t>Mikhail Yermolayev</t>
+    <t>Михаил Ермолаев</t>
   </si>
   <si>
     <t>14.06</t>
   </si>
   <si>
     <t>12.21</t>
   </si>
   <si>
-    <t>Anastasiya Karasëva</t>
+    <t>Анастасия Карасёва</t>
   </si>
   <si>
     <t>42.64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -591,53 +591,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -789,65 +789,65 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>