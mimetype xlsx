--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,180 +17,180 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Pavel Mesyatsev</t>
-[...8 lines deleted...]
-    <t>Vladimir Fedorov</t>
+    <t>Павел Месяцев</t>
+  </si>
+  <si>
+    <t>37.02</t>
+  </si>
+  <si>
+    <t>35.91</t>
+  </si>
+  <si>
+    <t>Карина Шамова</t>
+  </si>
+  <si>
+    <t>39.02</t>
   </si>
   <si>
     <t>37.92</t>
   </si>
   <si>
-    <t>32.68</t>
-[...8 lines deleted...]
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
-    <t>32.28</t>
-[...11 lines deleted...]
-    <t>Mikhail Glazov</t>
+    <t>36.28</t>
+  </si>
+  <si>
+    <t>Владимир Фёдоров</t>
+  </si>
+  <si>
+    <t>40.28</t>
+  </si>
+  <si>
+    <t>34.71</t>
+  </si>
+  <si>
+    <t>Михаил Глазов</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
-    <t>Ivan Karasev</t>
-[...2 lines deleted...]
-    <t>49.65</t>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
+  </si>
+  <si>
+    <t>Владимир Лебедев</t>
+  </si>
+  <si>
+    <t>51.52</t>
+  </si>
+  <si>
+    <t>44.23</t>
+  </si>
+  <si>
+    <t>Иван Карасёв</t>
+  </si>
+  <si>
+    <t>51.58</t>
   </si>
   <si>
     <t>45.31</t>
   </si>
   <si>
-    <t>Vladimir Lebedev</t>
-[...8 lines deleted...]
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:23.08</t>
   </si>
   <si>
     <t>1:10.92</t>
   </si>
   <si>
-    <t>Lev Smirnov</t>
-[...8 lines deleted...]
-    <t>Sengge Mutulov</t>
+    <t>Лев Смирнов</t>
+  </si>
+  <si>
+    <t>1:32.16</t>
+  </si>
+  <si>
+    <t>Сенгге Мутулов</t>
   </si>
   <si>
     <t>1:38.09</t>
   </si>
   <si>
-    <t>Adelʹ Saverʹyanov</t>
+    <t>Адель Саверьянов</t>
   </si>
   <si>
     <t>2:00.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -516,51 +516,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -602,161 +602,159 @@
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
+      <c r="C14" s="1"/>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" t="s">