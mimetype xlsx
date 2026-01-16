--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -17,117 +17,117 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>37.50</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Pavel Mesyatsev</t>
+    <t>Павел Месяцев</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
     <t>1:04.39</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
-    <t>Anna Shipilo</t>
+    <t>Анна Шипило</t>
   </si>
   <si>
     <t>1:28.06</t>
   </si>
   <si>
     <t>1:22.63</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
-    <t>Mikhail Glazov</t>
+    <t>Михаил Глазов</t>
   </si>
   <si>
     <t>2:21.38</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>3:32.41</t>
   </si>
   <si>
-    <t>Lev Smirnov</t>
+    <t>Лев Смирнов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -450,51 +450,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.285" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>