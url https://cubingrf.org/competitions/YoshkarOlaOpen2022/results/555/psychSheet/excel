--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -29,72 +29,72 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
+    <t>Артур Чечёхин</t>
+  </si>
+  <si>
+    <t>1:10.84</t>
+  </si>
+  <si>
+    <t>1:03.37</t>
+  </si>
+  <si>
     <t>Павел Месяцев</t>
   </si>
   <si>
-    <t>1:07.89</t>
-[...11 lines deleted...]
-    <t>1:03.37</t>
+    <t>1:14.08</t>
+  </si>
+  <si>
+    <t>1:08.15</t>
   </si>
   <si>
     <t>Анна Шипило</t>
   </si>
   <si>
     <t>1:28.06</t>
   </si>
   <si>
     <t>1:22.63</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
     <t>Михаил Глазов</t>
   </si>
   <si>
     <t>2:21.38</t>
   </si>