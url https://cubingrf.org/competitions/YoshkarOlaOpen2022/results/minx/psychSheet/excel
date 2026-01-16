--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -29,51 +29,51 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>25.33</t>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Павел Месяцев</t>
   </si>
   <si>
     <t>41.80</t>
   </si>
   <si>
     <t>37.27</t>
   </si>
   <si>
     <t>Владимир Фёдоров</t>
   </si>
   <si>
     <t>47.59</t>
   </si>
   <si>
     <t>45.46</t>
   </si>
   <si>
     <t>Владимир Лебедев</t>
   </si>