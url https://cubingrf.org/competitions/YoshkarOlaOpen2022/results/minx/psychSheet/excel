--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -29,132 +29,132 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Павел Месяцев</t>
   </si>
   <si>
     <t>41.80</t>
   </si>
   <si>
     <t>37.27</t>
   </si>
   <si>
     <t>Владимир Фёдоров</t>
   </si>
   <si>
     <t>47.59</t>
   </si>
   <si>
     <t>45.46</t>
   </si>
   <si>
     <t>Владимир Лебедев</t>
   </si>
   <si>
-    <t>1:00.36</t>
+    <t>1:03.59</t>
   </si>
   <si>
     <t>54.82</t>
   </si>
   <si>
+    <t>Любовь Абашкина</t>
+  </si>
+  <si>
+    <t>1:25.70</t>
+  </si>
+  <si>
+    <t>1:05.42</t>
+  </si>
+  <si>
+    <t>Артур Чечёхин</t>
+  </si>
+  <si>
+    <t>1:28.39</t>
+  </si>
+  <si>
+    <t>1:19.29</t>
+  </si>
+  <si>
     <t>Михаил Глазов</t>
   </si>
   <si>
-    <t>1:21.20</t>
-[...20 lines deleted...]
-    <t>1:19.29</t>
+    <t>1:31.21</t>
+  </si>
+  <si>
+    <t>1:26.88</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
     <t>Андрей Герасимов</t>
   </si>
   <si>
     <t>2:48.91</t>
   </si>
   <si>
     <t>2:40.30</t>
   </si>
   <si>
     <t>Лев Смирнов</t>
   </si>
   <si>
-    <t>2:43.39</t>
+    <t>3:34.13</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>6:22.49</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>