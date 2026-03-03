--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -29,74 +29,74 @@
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
+    <t>6.60</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>8.37</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
     <t>Иван Ядрихинский</t>
   </si>
   <si>
     <t>9.25</t>
   </si>
   <si>
     <t>8.14</t>
@@ -110,180 +110,180 @@
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Владимир Фёдоров</t>
   </si>
   <si>
     <t>9.45</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>10.06</t>
-[...2 lines deleted...]
-    <t>7.47</t>
+    <t>10.26</t>
+  </si>
+  <si>
+    <t>8.33</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>11.59</t>
-[...2 lines deleted...]
-    <t>8.35</t>
+    <t>12.98</t>
+  </si>
+  <si>
+    <t>11.84</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
-    <t>11.91</t>
+    <t>11.97</t>
   </si>
   <si>
     <t>Мухаммад Кудаев</t>
   </si>
   <si>
     <t>14.96</t>
   </si>
   <si>
-    <t>13.59</t>
+    <t>14.02</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Даниил Лобастов</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>12.82</t>
   </si>
   <si>
     <t>Данир Газимов</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
+    <t>Александр Большаков</t>
+  </si>
+  <si>
+    <t>16.43</t>
+  </si>
+  <si>
+    <t>14.20</t>
+  </si>
+  <si>
+    <t>Андрей Куприянов</t>
+  </si>
+  <si>
+    <t>17.47</t>
+  </si>
+  <si>
+    <t>15.44</t>
+  </si>
+  <si>
     <t>Лев Смирнов</t>
   </si>
   <si>
+    <t>18.05</t>
+  </si>
+  <si>
     <t>15.79</t>
   </si>
   <si>
-    <t>13.97</t>
-[...19 lines deleted...]
-  <si>
     <t>Арсений Наринский</t>
   </si>
   <si>
     <t>22.16</t>
   </si>
   <si>
     <t>21.32</t>
   </si>
   <si>
     <t>Иван Новиков</t>
   </si>
   <si>
     <t>22.74</t>
   </si>
   <si>
     <t>19.61</t>
   </si>
   <si>
     <t>Илья Фаттахов</t>
   </si>
   <si>
     <t>26.54</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>Галия Газимова</t>
   </si>
   <si>
     <t>28.95</t>
   </si>
   <si>
     <t>26.20</t>
   </si>
   <si>
     <t>Всеволод Туренко</t>
   </si>
   <si>
     <t>29.65</t>
   </si>
   <si>
-    <t>25.75</t>
+    <t>26.04</t>
   </si>
   <si>
     <t>Ярослав Джафаров</t>
   </si>
   <si>
     <t>30.49</t>
   </si>
   <si>
     <t>24.51</t>
   </si>
   <si>
     <t>Кирилл Никифоров</t>
   </si>
   <si>
     <t>44.82</t>
   </si>
   <si>
     <t>40.72</t>
   </si>
   <si>
     <t>Тимур Кудаев</t>
   </si>
   <si>
     <t>1:47.21</t>
   </si>